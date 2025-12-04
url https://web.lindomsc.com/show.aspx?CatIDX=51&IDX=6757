--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -13,60 +13,60 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\carlo.ma\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mydocs.msc.com/personal/carlo_ma_msc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{045A8C67-416D-4749-BCCF-F808ED13C487}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="43" documentId="13_ncr:1_{A1549020-F33A-4E24-89CD-0ACF3252959A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C8DB8BF2-A58F-4A41-ACB1-FCD7B96254F5}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="总述" sheetId="3" r:id="rId1"/>
     <sheet name="各国家要求" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">各国家要求!$A$4:$Z$144</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
@@ -99,50 +99,74 @@
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">Used equipment, used machines, used spare parts, etc is NOT acceptable
 Exception: Are eligible for customs clearance authorization:
 Production lines or equipment having not exceeded the age of five (5) years
 Agricultural equipment or materials having not exceeded seven (7) years
 from the date of their manufacturing or, failing that, the date of their entry into service.
 For detailed conditions, please refer to Executive Decree No. 24-241 of July 22nd, 2024, published in official journal N° 50 on July 24th, 2024, setting the customs clearance arrangements, for the release to consumption, of used production Lines and equipment as well as used agricultural equipment and materials.
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Georgia"/>
             <family val="1"/>
           </rPr>
           <t xml:space="preserve">
 Import of certain siderurgical products, intended for resale in same condition or for processing. (List of customs tariffs involved is indicated in letter No. 2374/MC/SG/2024 dated October 1st, 2024, from the Ministry of Trade and Export Promotion).</t>
         </r>
       </text>
     </comment>
+    <comment ref="Y6" authorId="0" shapeId="0" xr:uid="{F5AB1EFD-1181-4570-B377-4B8C5F91CF03}">
+      <text>
+        <r>
+          <rPr>
+            <sz val="11"/>
+            <color theme="1"/>
+            <rFont val="Calibri"/>
+            <family val="2"/>
+            <scheme val="minor"/>
+          </rPr>
+          <t xml:space="preserve">When vehicles are loaded into containers, please provide the following information for each vehicle:
+•	Vehicle chassis number (Mandatory)
+•	Vehicle registration number
+•	Manufacturer (Mandatory)
+•	Model (Mandatory)
+•	Type of vehicle (Mandatory)
+•	Year of manufacture (Mandatory)
+•	Number of engine cylinders
+•	Total loaded weight (Mandatory)
+•	If imported by a natural person (individual), provide their N.I.N (National Identification Number) with 18 digits
+</t>
+        </r>
+      </text>
+    </comment>
     <comment ref="K7" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-000006000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>1）右驾驶的车辆
 2）3年以上的轻型车
 3）5年以上的重型车</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
@@ -2951,70 +2975,82 @@
     </comment>
     <comment ref="G111" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0100-000077000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">1) “to order” or “to order of (name of company)” is not accept 
 2) Only accept “to order of bank”
 3) The bank is non-sanctioned bank and must be located in EU, US, UK or Swiss
 4) The notify party must be end-user 
 The written confirmation (via email is acceptable) to advise the name of the Real Receiver of the cargo is necessary per sanction policy.
 </t>
         </r>
       </text>
     </comment>
     <comment ref="K111" authorId="2" shapeId="0" xr:uid="{00000000-0006-0000-0100-000078000000}">
       <text>
         <r>
           <rPr>
             <b/>
-            <sz val="9"/>
-[...4 lines deleted...]
-          <t xml:space="preserve">原产地为欧洲、美国、加拿大、挪威、澳大利亚的食品货物
+            <i/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>If the agricultural products, raw materials and food originating in the United States, European Union, Canada, Australia, the Kingdom of Norway, Ukraine, the Republic of Albania, Montenegro, the Republic of Iceland, Principality of Liechtenstein, United Kingdom of Great Britain and Northern Ireland and New Zealand shall not be imported in the Russian Federation until further notice.
+Importation is prohibited both if commodities are originating from Ukraine and if transiting through Ukraine.</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
 涉及军事、石油工业的货物，及用以开发和生产军事、石油工业货物的设备和器材
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <u/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
-          <t>注意：Novorossiysk 和 Rostov-na-Donu 这2个港口还不接受如下货物：</t>
+          <t>注意：Novorossiysk ，目前只接受FHM cargoes</t>
         </r>
         <r>
           <rPr>
             <b/>
             <i/>
             <sz val="10"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">涉及汽油、矿产、能源、通讯、运输产业的货物，及用以开发和生产该些产业货物的设备和器材
 </t>
         </r>
       </text>
@@ -4001,56 +4037,59 @@
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>显示完整的Shipper；
 到Harare的货物--需确保会在货物到港前提供装箱单及发票给当地CSR，并注意以下5个要求：
 Please refer to below request and ensure to pass to shipper, any question, please feel free to contact local CS Team who is in copy as well.
 1. All the items listed on packing list and invoice must be in strict conformity with that of OB/L  like shpr, cnee’s name, gross weight, measurement etc.
 2. HS Code of each item, origin of commodity,  consignee’s detailed information( Physical address is requested and PO BOX Address is prohibited)  must be listed on packing list 
 3. Each container is in correspondence to 1 set of packing list and invoice. 
 4. Packing List and invoice must be drafted on the paper with shpr’s letter-head
 5. Packing List and invoice must be clear to be ascertained</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3332" uniqueCount="630">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3332" uniqueCount="632">
   <si>
     <t>操 作 指 南</t>
   </si>
   <si>
     <t>MSC订舱及文件相关要求 (适用于所有航线）</t>
+  </si>
+  <si>
+    <t>更新日期：2025.12.2</t>
   </si>
   <si>
     <t>*非危化工品</t>
   </si>
   <si>
     <t>需提供化工研究院出具的“货物运输条件鉴定书”扫描件，即相同的英文品名在鉴定书有效期内则不需再次提供鉴定书。</t>
   </si>
   <si>
     <t>*监装保函</t>
   </si>
   <si>
     <t>包括但不限于不锈钢卷、镀锌钢卷，彩涂卷，不锈钢带等货物的订舱。可先提供照片，由booking team甄别，如需监装，请将“要求监装保函”盖章后发扫描件至我司。</t>
   </si>
   <si>
     <t>*危险品保函以及相关申请材料</t>
   </si>
   <si>
     <t>请将相关材料送至我司DG TEAM。</t>
   </si>
   <si>
     <t>*特种箱申请保函(邮件)</t>
   </si>
   <si>
     <t>适用于特种箱(开顶箱,冷箱,TANK箱,框架箱等)的订舱，请以邮件形式向相关航线Sales/Trade team申请。</t>
   </si>
@@ -4619,62 +4658,50 @@
 7 Dried fruits with or without cockles, peanuts.
 8 Fruits juice
 9 Mix of juices
 10 Waters, including mineral waters and carbonated waters;
 11 Corn sweet
 12 Jams and marmalades
 13 Chocolate in Tablet, not filled
 14 Rusks with added sweeteners, waffles and wafers.
 15 Chocolate and other food preparations containing cocoa
 16 Canned goods
 E)INDUSTRIAL PRODUCTS :
 1 Taps products
 2 Electric transformers
 3 finished marble
 4 finished granite
 5 Red Products (Bricks and Tiles)
 6 Carpets
 7 Finished plastic products (Plastic Goods)
 8 Furniture and Chandeliers</t>
   </si>
   <si>
     <t>TAX=NIF
 (personal Effects, public institutions除外）</t>
   </si>
   <si>
-    <t>旧衣物：需要提供 fumigation 证书。 
-[...10 lines deleted...]
-  <si>
     <t>Angola</t>
   </si>
   <si>
     <t>需要确认</t>
   </si>
   <si>
     <t>右驾驶的车等...</t>
   </si>
   <si>
     <t xml:space="preserve">1)ARC                       2)Tax of CNEE </t>
   </si>
   <si>
     <t>(详见)</t>
   </si>
   <si>
     <t>CY-CY</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t xml:space="preserve">空箱
 </t>
   </si>
   <si>
@@ -4717,147 +4744,156 @@
     <t>私人物品货物的收货人必须是阿根廷当地代理</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>详见目的港海关网站：</t>
   </si>
   <si>
     <t>私人物品货物的收货人必须是澳大利亚当地代理</t>
   </si>
   <si>
     <t>如是私人物品，在short description 栏位需要显示单词 PERSONAL EFFECTS.</t>
   </si>
   <si>
     <t>Bahamas</t>
   </si>
   <si>
     <t>Pallets</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">拼票需要目的港事先确认  </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">            农业产品需递交许可证，经我司目的港确认后才能准予上船。</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">part load B/L need POD pre-approval </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">                           cargo value 需要入舱单，但不显示提单</t>
     </r>
   </si>
   <si>
     <t>Bahrain</t>
   </si>
   <si>
     <t>YES</t>
   </si>
   <si>
     <t>/..但必须提供与货物相符的MSDS</t>
   </si>
   <si>
     <t>Bangladesh</t>
   </si>
   <si>
     <t>详见:</t>
   </si>
   <si>
     <t>AIN/BIN</t>
   </si>
   <si>
     <t xml:space="preserve">不接受拼票(partial booking)                                - More Than One Notify Party is not allowed to declare to Chittagong Customs.
 Foreign Consignee or Notify Party is not allowed to declare to Chittagong Customs. </t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve">CONSIGNEE ON BL </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>--&gt; If it is LC (Letter of Credit) OR TT shipment only a Bangladeshi Bank can be the consignee, must be in both Manifest and BL level with full style of address except Freight Forwarder B/L</t>
     </r>
   </si>
   <si>
     <t>如果收货人是代理需要 AIN (Agent Identification Number) &amp; 如果是真实的收货人需要 BIN (Business Identification Number)</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
     <t>Yes（需确认）</t>
   </si>
   <si>
     <t xml:space="preserve"> 使用过的轮胎，橡胶碎片不接受 </t>
   </si>
   <si>
     <t>Belgium</t>
   </si>
   <si>
     <t>Zeebrugge 不接REEFER</t>
+  </si>
+  <si>
+    <t>No(多个品名需分列hs code 和件毛体)</t>
   </si>
   <si>
     <t>Yes(in EUR)</t>
   </si>
   <si>
     <t>Yes.
 原产地证书正本
 原卫生证书
 （至少具备2国语言）</t>
   </si>
   <si>
     <t>车辆需要提供：
 CH :VIN No. (完整的车辆底盘号) 
 BR: 品牌和型号 
 YR: 装配时间（年份）
 WE: 重量</t>
   </si>
   <si>
     <t>1.提单需显示总毛重和净重。
 2.所有车辆、卡车、摩托车、船或任何类型的汽车运输必须申报车架号，引擎发动机号 等信息。提单需按每辆分别录入货物信息。</t>
   </si>
   <si>
     <t>交通工具需要申报及显示 CH :VIN number (=full number of chassis),BR: Brand and Model, YR: Year of Assembly, WE: weight</t>
   </si>
   <si>
@@ -5175,66 +5211,69 @@
  • All personal effects (except diplomatic effects) 
  • Scrap 
 • Shoes soles ,tyres and slippers with the words "ALLAH" written on them for public order and morality reasons. 任何对"ALLAH"（伊斯兰教真主）不敬的货物都不接。
 • Tuna which has in its ingredients oils genetically treated
 • Narcotic substance
 • Hazardous waste
 • Some kinds of pesticides
 • Motorcycles, Tok Tok
 • Asbestos substance with all its kinds and some of its components
 另外，去SOKHNA PORT还不接Alcoholic Beverages / Pork &amp; pork products。</t>
   </si>
   <si>
     <t xml:space="preserve">Pls declare below information at commodity column at SO stage                                        1) ACID Number = a 19 digits Number
 2) Exporter Registration Number = a 17 alphanumeric number
 3) Egyptian Importer VAT Number (TAX ID NUM.) = a 9 digits number </t>
   </si>
   <si>
     <t>1）Importer has to advise ACID number on booking level as to be mentioned on all shipping documents thereafter
 2）All shipping documents should mention the ACID number for cargo to Egypt &amp; identification numbers (TAX ID) of all parties on the BL.
 3）10-digit HS code required to be manifested</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
+    <t>不接拼票 ,indivual consignees, notify party is not accpeted</t>
+  </si>
+  <si>
+    <t>不接拼票 ,indivual consignees, notify party is not accpeted，通知方必须是萨尔瓦多当地公司</t>
+  </si>
+  <si>
     <t>Estonia</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
     <t>no</t>
   </si>
   <si>
     <t>counterfeit notes ,coins, weapons, illicit , narcotic drugs, pornography AND honey</t>
   </si>
   <si>
     <t>Finland</t>
-  </si>
-[...1 lines deleted...]
-    <t>No(多个品名需分列hs code 和件毛体)</t>
   </si>
   <si>
     <t>如收货人不是芬兰的，需要提供收货人mail box 进入舱单</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
     <t>3年及以上旧车</t>
   </si>
   <si>
     <t>Yes(转运货物详见：</t>
   </si>
   <si>
     <t>1)BIETC   2)COC</t>
   </si>
   <si>
     <t>需要货物的BIC No.，不接使用过3年的交通工具</t>
   </si>
   <si>
     <t>Gambia</t>
   </si>
@@ -5281,90 +5320,99 @@
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>NE /NG 详见</t>
   </si>
   <si>
     <t>No (多个品名需分列hs code 和件毛体)</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>旧轮胎和橡胶碎片</t>
   </si>
   <si>
     <t>必须显示具体的英文品名</t>
   </si>
   <si>
     <t>"General cargo"不接受. 只接受英文提单和舱单</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
+    <t xml:space="preserve">去Puerto Barrios 订舱前需要销售确认，我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
+  </si>
+  <si>
     <t>Guinea</t>
   </si>
   <si>
     <t>废旧物品/材料,旧的交通工具</t>
   </si>
   <si>
     <t>ICTN/BESE 详见。。。</t>
   </si>
   <si>
     <t>车辆货物要求详见。。。</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
     <t>CEE</t>
   </si>
   <si>
     <t>Yes (除…)</t>
   </si>
   <si>
     <t>CTN (Cargo Tracking Note) BY SHR</t>
   </si>
   <si>
     <t>到付货不接受(包括DTHC),如第三地付需要第三地的确认</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>旧轮胎和橡胶</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>97年以前制造的车辆</t>
   </si>
   <si>
     <t>Honduras</t>
+  </si>
+  <si>
+    <t>TAX ID</t>
   </si>
   <si>
     <t>BL must be manifested with commodity description in : English &amp; Spanish</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>Yes
 (except NHAVA SHEVA and MUNDRA)</t>
   </si>
   <si>
     <t>Cnee IEC Code + Notify Pan Number</t>
   </si>
   <si>
     <t>No,但内陆点需提供</t>
   </si>
   <si>
     <t>1.不接受in transit to XXX(ICD)的转运条款
 2.品名若为金属碎片，则需得到确认后才可接受</t>
   </si>
   <si>
     <t xml:space="preserve">1. 下述信息必须在提单阶段提供，并显示在提单相应的公司栏位中：
 • Import and Export Code (IEC) of importer
 可通过链接http://164.100.128.144:8100/dgft/IecPrint 查询是否正确
@@ -5411,59 +5459,61 @@
     <t>No (详见)</t>
   </si>
   <si>
     <t>车辆需提供…</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>违反版权法仿制品</t>
   </si>
   <si>
     <t>Yes (mandatory to show under “Customer HS code field” and “Cargo Description”)</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t xml:space="preserve">UN 2212 &amp; 2590 </t>
   </si>
   <si>
     <r>
       <rPr>
         <strike/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>Yes</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>(多个品名需分列hs code 和件毛体)</t>
     </r>
   </si>
   <si>
     <t>Yes(VAT)</t>
   </si>
   <si>
     <t>TAX=VAT</t>
   </si>
   <si>
     <t>Yes (详见)</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>Bari不接危险品</t>
   </si>
   <si>
     <t>Ivory Coast</t>
   </si>
@@ -5803,153 +5853,161 @@
   </si>
   <si>
     <t>pod – PORT MUHAMMAD BIN
 QASIM</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>禁运物品，私人物品，及收货人是ANDE(巴拉圭国家电力管理局）的货物要求详见…</t>
   </si>
   <si>
     <t>RUC/VAT=Tax ID</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">汽车提供车型,车辆识别号，年份 ,  </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>巴拉圭港口单票货物总重量限制 详见备注：</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">1. General commodity couldn’t be accepted on the bl and manifest                    2. TO ORDER BILL could be accepted when local notify party involved.                                </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>3.每份提单货物总重量规定详见：</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">进口 Car/pickups/SUV and trucks 需提供: the type, model, year, chassis (VIN no) </t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>详见…</t>
   </si>
   <si>
     <t>RUC=Tax ID</t>
   </si>
   <si>
     <t>关于汽车配件，请详见</t>
   </si>
   <si>
     <t>Philippines</t>
   </si>
   <si>
     <t>PALLETS </t>
   </si>
   <si>
     <t>IMO 1 and 7 are restricted</t>
   </si>
   <si>
     <t>6 </t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>Pallets(要小包装)</t>
   </si>
   <si>
     <t>会引起公共健康危害的货物（例如：过期的肉类和鱼 等等）</t>
   </si>
   <si>
     <t>Yes(华盛顿公约)</t>
+  </si>
+  <si>
+    <t>Footware shipments：海关要求在短品名和货物描述需明确录入鞋子数量 (双)且必须提供 8 位 商品编码 （特定 HS 编码）</t>
   </si>
   <si>
     <t>FOOD STUFF 不接</t>
   </si>
   <si>
     <t>Puerto Rico (US)</t>
   </si>
   <si>
     <t xml:space="preserve">Pallets/bundles </t>
   </si>
   <si>
     <t>Yes,如…</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">M.R.N. </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>≠</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="12"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
+        <color theme="1"/>
         <rFont val="Calibri"/>
         <family val="2"/>
         <scheme val="minor"/>
       </rPr>
       <t>TAX</t>
     </r>
   </si>
   <si>
     <t>需MRN number/当出运货为…</t>
   </si>
   <si>
     <t>Qatar</t>
   </si>
   <si>
     <t>汽车零件，轮胎</t>
   </si>
   <si>
     <t xml:space="preserve">货物必须以PALLETIZED 装载 </t>
   </si>
   <si>
     <t>不接Import of motor vehicle spare parts and tyres / Importation of vehicles/，且…</t>
   </si>
   <si>
     <t>Reunion</t>
   </si>
@@ -5974,50 +6032,53 @@
   <si>
     <t>Saint Kitts and Nevis</t>
   </si>
   <si>
     <t>空箱</t>
   </si>
   <si>
     <t>Saint Lucia</t>
   </si>
   <si>
     <t xml:space="preserve">Saint Vincent </t>
   </si>
   <si>
     <t>旧轮胎</t>
   </si>
   <si>
     <t>Saudi Arabia</t>
   </si>
   <si>
     <t>冷箱</t>
   </si>
   <si>
     <t>详见….</t>
   </si>
   <si>
+    <t>提单收货人/通知人栏中的电子邮箱地址及手机号码必须随舱单一并提交</t>
+  </si>
+  <si>
     <t>CAR,USED CLOTHING,MILITARY CARGO,MEAT不接</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>Dakar 不接受 Class 6.2, 7</t>
   </si>
   <si>
     <t>车辆，详见…</t>
   </si>
   <si>
     <t>BSC</t>
   </si>
   <si>
     <t xml:space="preserve">
 </t>
   </si>
   <si>
     <t xml:space="preserve">General goods不可显示 
 </t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
@@ -6078,371 +6139,317 @@
     <t>去古巴的货物不能在巴哈马中转(例如:Freeport, Nassau)</t>
   </si>
   <si>
     <t>Suriname</t>
   </si>
   <si>
     <t xml:space="preserve">旧轮胎；废橡胶;车龄八年以上的小汽车和15年以上客车; </t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>欧盟以外运来的动植物产品必须做检疫…</t>
   </si>
   <si>
     <t>品名为私人物品/二手车，收货人必须…</t>
   </si>
   <si>
     <t>Syria</t>
   </si>
   <si>
     <t xml:space="preserve">Class 9 related to radioactive </t>
   </si>
   <si>
     <t>麻醉剂；镇定剂；</t>
+  </si>
+  <si>
+    <t xml:space="preserve">提单需显示net weight和gross weight, For any kind of vehicle in the containers, Pls do mention following information in the Manifest and OBL.
+1.     type of vehicle and year of built
+2.     chassis no
+3.     engine no
+</t>
+  </si>
+  <si>
+    <t>交通工具vehicle 需要:type of vehicle and year of built,chassis no,engine no</t>
+  </si>
+  <si>
+    <t>Tanzania</t>
+  </si>
+  <si>
+    <t>需显示详细品名</t>
+  </si>
+  <si>
+    <t>1)REEFER container in Transit is not allowed VIA Dar Es Salaam                                 2) Effective March 1st 2019, Tanzania Road Authority (TANROADS) have informed that containers should not exceed following weight: 详见</t>
+  </si>
+  <si>
+    <t xml:space="preserve">general merchandise / used personal goods / one lot electrical goods / humanitarian aid, etc 不接
+</t>
+  </si>
+  <si>
+    <t>Thailand</t>
+  </si>
+  <si>
+    <t>冷箱特殊要求详见</t>
+  </si>
+  <si>
+    <t>旧轮胎，旧汽车车身，旧摩托车车架</t>
+  </si>
+  <si>
+    <t>TIMOR-LESTE</t>
+  </si>
+  <si>
+    <t>进口机动车需要事先得到批准</t>
+  </si>
+  <si>
+    <t>Togo</t>
+  </si>
+  <si>
+    <t>鞭炮,旧车，超集装箱尺寸货物</t>
+  </si>
+  <si>
+    <t xml:space="preserve">需要Cargo Tracking Note (CTN) or </t>
+  </si>
+  <si>
+    <t xml:space="preserve">需要Cargo Tracking Note (CTN) or Bordereau de Suivi de Cargaison (BSC) </t>
+  </si>
+  <si>
+    <t>Trinidad &amp; Tobago</t>
+  </si>
+  <si>
+    <t>需要确认（旧车）</t>
+  </si>
+  <si>
+    <t>旧轮胎，废橡胶，车龄超过6年的车</t>
+  </si>
+  <si>
+    <t>Yes，不接受…</t>
+  </si>
+  <si>
+    <t>必须显示英文品名;    Personal effect和 cars, trucks, buses, marine crafts, motor bikes 等货物要求详见..</t>
+  </si>
+  <si>
+    <t>Cargo description on all BLs must be in English,  车辆货物All Vehicles详见</t>
+  </si>
+  <si>
+    <t xml:space="preserve">使用过的轮胎，橡胶碎片及笼统品名不接受 </t>
+  </si>
+  <si>
+    <t>Tunisia</t>
+  </si>
+  <si>
+    <t>片状玻璃(窗玻璃，镜子等)</t>
+  </si>
+  <si>
+    <t>Transit cargo is not acceptable</t>
+  </si>
+  <si>
+    <t>Turkey</t>
+  </si>
+  <si>
+    <t>Class 1,2,7-仅限…</t>
+  </si>
+  <si>
+    <t>Yes,详见:</t>
+  </si>
+  <si>
+    <t>货物品名与Donation / Aid有关，或者consignee是AFAD 或Turkish Red Crescent或TURKISH GOVERNMENT  ，需要走Donation/Aid Goods流程，得到MSC Turkey的确认                                                                           机器需具体品名。
+收货人要求:
+1.显示在提单上的收货人的名称必须和官方注册的一致
+2.收货人的名称不接受英文显示（请使用土耳其文）
+若Final destination前往伊拉克，必须申报第二通知人MEDLOG MERSIN</t>
+  </si>
+  <si>
+    <t>需要CNEE TAX
+若Final destination前往伊拉克，必须申报第二通知人MEDLOG MERSIN</t>
+  </si>
+  <si>
+    <t>Ukraine</t>
+  </si>
+  <si>
+    <t>Yes as long as shipment doesn't touch Crimea&amp;Sevastopol region. Otherwise only "to order of a non-sanctioned bank" is allowable.</t>
+  </si>
+  <si>
+    <t>只可接CLASS 9</t>
+  </si>
+  <si>
+    <t>United Arab Emirates</t>
+  </si>
+  <si>
+    <t>Yes, except port Umm Al Qaiwain requires for prior collect approval</t>
+  </si>
+  <si>
+    <t>旧轮胎和用过的电池；ABU DHABI额外禁运物品详见…</t>
+  </si>
+  <si>
+    <t>CY-FO,         (ABU DHABI为CY-CY)</t>
+  </si>
+  <si>
+    <t>United Kingdom</t>
+  </si>
+  <si>
+    <t>到Bristol,Teesport and Grangemouth的动物制品</t>
+  </si>
+  <si>
+    <t>United States of America</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> n</t>
+  </si>
+  <si>
+    <t>内陆点禁运货物详见…</t>
+  </si>
+  <si>
+    <t>CY-CY(RAMP)</t>
+  </si>
+  <si>
+    <t>具体品名，AMS自发须提供…</t>
+  </si>
+  <si>
+    <t xml:space="preserve">当出运货为私人物品,需提供护照副本 </t>
+  </si>
+  <si>
+    <t xml:space="preserve">当出运货为私人物品，需提供护照副本 </t>
+  </si>
+  <si>
+    <t>Uruguay</t>
+  </si>
+  <si>
+    <t>旧轮胎；旧汽车；</t>
+  </si>
+  <si>
+    <t>Venezuela</t>
+  </si>
+  <si>
+    <t>1)  私人物品，汽车（收货人为NVOCC除外）               2)   Military cargo and repression equipment (i.e. weapon, explosives, missile            technology, armoured vehicles, telecommunication equipment for monitoring of the population)
+3)   Oil and gas sector related cargo (i.e. fuels, oils, lubricants, diluents, bituminous substances, mineral waxes, pipes or any other commodities intended for processing, extraction or transportation).
+4)  Gold sector related cargo (i.e.  gold ingots, ores and gold-made products, mining machinery, commodities used in relation to gold extraction and processing).</t>
+  </si>
+  <si>
+    <t xml:space="preserve">All alcoholic drinks are considered like dangerous cargo.                               </t>
+  </si>
+  <si>
+    <t>1. All partial bill must be consigned to NVOCC otherwise a high fine could be applied to shipper
+2. All shipment sent to Natural Person must be consigned to NVOCC otherwise a high fine could be applied to shipper. The only exception is when is a Diplomatic Person.                                                     3.It is not allowed to manifest the clause "In transit to El Guamache"</t>
+  </si>
+  <si>
+    <t>Vietnam</t>
+  </si>
+  <si>
+    <t>CaiLan不接受转运货物，Used jumbo bag – HS 6305 ，plastic scrap – HS 3915 ，其余禁运物品详见备注：</t>
+  </si>
+  <si>
+    <t>Cai Lan-‘Jointly and Severally' 不得显示</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3. For commodity which is described as "scrap/waste" or “used/old”, below rule imposes to manifest:
+• Direct Consignee only, forwarder is not accepted even if they are Global Forwarder.
+• Full detail of company name, address, telephone/ fax.
+• Official Tax Code of Consignee on bill.
+• Number of import permit issued by Ministry of Natural Resource &amp; Environment for the Consignee on bill.
+• Accurate HS Code, minimum 4 digits. Data must be matched on bill and manifest.
+• Detailed &amp; full cargo description. For example, not “scrap material” but specifically “paper scrap”, “steel scrap” 
+• scrap/waste cargo need 8 digits hs.                       </t>
+  </si>
+  <si>
+    <t>当“JOINTLY AND SEVERALLY" 在收货人中提及，需与目的港确认</t>
+  </si>
+  <si>
+    <t>Yemen</t>
+  </si>
+  <si>
+    <t>详见。。。。。</t>
+  </si>
+  <si>
+    <t>ACD</t>
+  </si>
+  <si>
+    <t>require ACD number on cargo descprition</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Cars,Water Excavators,point 27 relatives to forbidden goods 不接
+</t>
+  </si>
+  <si>
+    <t>Zambia</t>
+  </si>
+  <si>
+    <t>显示完整的Shipper;需以邮件形式….</t>
+  </si>
+  <si>
+    <t>Zimbabwe</t>
+  </si>
+  <si>
+    <t>车龄超过5年的旧车；任何左驾驶的车辆；</t>
+  </si>
+  <si>
+    <t xml:space="preserve">coc number(CERTIFICATE OF CONFORMITY) of CARGO </t>
+  </si>
+  <si>
+    <t>*上述所有信息仅作参考，提单显示所有解释权归MSC所有。</t>
+  </si>
+  <si>
+    <t>* 所有港口禁运物品及动植物检验同时受其中转港要求的约束。</t>
+  </si>
+  <si>
+    <t>* 表格中有注解栏的请点击                                     查询其具体内容。</t>
   </si>
   <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF000000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">提单需显示net weight和gross weight, </t>
+      <t xml:space="preserve">如涉及货代单(HBL)的拼箱货，提单上需显示货代提单单号及HBL发货人公司名，HBL收货人公司名、地址及税号，品名，海关编码，件数，毛重等信息；多个HS code, 且前 6 位不同，需分列品名件毛体。
+如不涉及货代单(HBL)的拼箱货, 每个集装箱也需提供至少一个6位数HS code，但无需分列。
+</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <scheme val="minor"/>
       </rPr>
-      <t xml:space="preserve">For any kind of vehicle in the containers, Pls do mention following information in the Manifest and OBL.
-[...3 lines deleted...]
-</t>
+      <t>车辆货物需提供车架号，制造商，型号等信息，具体详见。。。</t>
     </r>
   </si>
   <si>
-    <t>交通工具vehicle 需要:type of vehicle and year of built,chassis no,engine no</t>
-[...286 lines deleted...]
-    </r>
+    <t xml:space="preserve">旧衣物：需要提供 fumigation 证书。 
+新汽车：
+1）需提供该车辆的商业发票证明。
+2）需提供汽车制造商的合格证书。
+3）从购买之日到装运日不超过30天，行驶里程不超过1000公里。                                 </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="36">
+  <fonts count="32">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="宋体"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
@@ -6547,155 +6554,133 @@
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Microsoft YaHei"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="7"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <sz val="9"/>
-[...38 lines deleted...]
-    <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Georgia"/>
       <family val="1"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-    <font>
       <sz val="11"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
+      <i/>
       <sz val="9"/>
-      <color rgb="FF000000"/>
+      <color indexed="81"/>
+      <name val="Tahoma"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
-      <color rgb="FFFF0000"/>
+      <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Microsoft YaHei"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <strike/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <strike/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
-    </font>
-[...11 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
@@ -6724,161 +6709,152 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="43">
+  <cellXfs count="40">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="17" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="34" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="常规_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FF333399"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
@@ -7328,11144 +7304,11144 @@
     <text>Consignee field must be “Actual Party Address” which mean that party should be cargo clearing address not freight forwarding</text>
   </threadedComment>
   <threadedComment ref="F96" dT="2021-03-12T07:18:53.20" personId="{F794CFD3-11B8-4B1D-8D91-C9BD940D041D}" id="{19C03B3F-A82E-46F5-84EC-C3412ECA177F}">
     <text>如下所列品名需要做到付确认
 rice/Beans/construction materials</text>
   </threadedComment>
   <threadedComment ref="H130" dT="2023-05-24T09:12:41.52" personId="{5A6F51DA-5FAD-4D6D-B7EE-019127C2BA09}" id="{8223F0DC-09D2-4D48-A48E-706D8011DD8C}">
     <text xml:space="preserve">FORBIDDEN PACKAGES IN TIMOR LESTE SUCH AS AS RADIOACTIVE, AMMUNITION AND EXPLOSIVE MUST GET AUTHORIZATION FROM AUTHORITY BEFORE IT IS IMPORTED OR CONSIGNEE MUST HAVE IMPORT LICENSE TO IMPORT IT INTO TIMOR LESTE </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R111"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="H16" sqref="H16"/>
+      <selection activeCell="A17" sqref="A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="188.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="61.5">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:18" ht="21">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="10"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" s="18" t="s">
-        <v>627</v>
+        <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="16.149999999999999" customHeight="1">
       <c r="A4" s="6" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="3"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="6" t="s">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:18">
-      <c r="A8" s="12" t="s">
-        <v>5</v>
+      <c r="A8" t="s">
+        <v>6</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="7" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="7" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
     </row>
     <row r="14" spans="1:18">
-      <c r="A14" s="12" t="s">
-        <v>9</v>
+      <c r="A14" t="s">
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="7" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:1">
-      <c r="A17" s="12" t="s">
-        <v>11</v>
+      <c r="A17" t="s">
+        <v>12</v>
       </c>
     </row>
     <row r="19" spans="1:1">
       <c r="A19" s="7" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="20" spans="1:1">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:1">
       <c r="A22" s="7" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23" spans="1:1">
-      <c r="A23" s="12" t="s">
-        <v>15</v>
+      <c r="A23" t="s">
+        <v>16</v>
       </c>
     </row>
     <row r="25" spans="1:1">
       <c r="A25" s="7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:1">
-      <c r="A26" s="12" t="s">
-        <v>17</v>
+      <c r="A26" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="27" spans="1:1">
       <c r="A27" s="12"/>
     </row>
     <row r="28" spans="1:1">
       <c r="A28" s="7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="29" spans="1:1">
-      <c r="A29" s="12" t="s">
-        <v>19</v>
+      <c r="A29" t="s">
+        <v>20</v>
       </c>
     </row>
     <row r="31" spans="1:1">
       <c r="A31" s="7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
     </row>
     <row r="32" spans="1:1">
       <c r="A32" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:1">
       <c r="A34" s="7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="35" spans="1:1" s="17" customFormat="1">
       <c r="A35" s="17" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:1" ht="16.5">
       <c r="A36" s="14" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="37" spans="1:1" ht="16.5">
       <c r="A37" s="14" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" s="4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="39" spans="1:1">
       <c r="A39" s="14" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="40" spans="1:1">
       <c r="A40" s="14" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="41" spans="1:1">
       <c r="A41" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="42" spans="1:1">
       <c r="A42" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="43" spans="1:1">
       <c r="A43" s="2"/>
     </row>
     <row r="44" spans="1:1">
       <c r="A44" s="7" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="45" spans="1:1">
       <c r="A45" s="4"/>
     </row>
     <row r="46" spans="1:1">
       <c r="A46" s="7" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="47" spans="1:1">
       <c r="A47" s="12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="48" spans="1:1">
       <c r="A48" s="12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="49" spans="1:1">
       <c r="A49" s="12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="50" spans="1:1">
       <c r="A50" s="12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="51" spans="1:1">
       <c r="A51" s="12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="52" spans="1:1">
       <c r="A52" s="12" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="53" spans="1:1">
       <c r="A53" s="12" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="54" spans="1:1">
       <c r="A54" s="12" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="55" spans="1:1">
       <c r="A55" s="12" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="56" spans="1:1">
       <c r="A56" s="12" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="57" spans="1:1">
       <c r="A57" s="13" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="58" spans="1:1">
       <c r="A58" s="13" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="59" spans="1:1">
       <c r="A59" s="12" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="60" spans="1:1">
       <c r="A60" s="13" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="61" spans="1:1">
       <c r="A61" s="13" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="63" spans="1:1">
       <c r="A63" s="7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="64" spans="1:1">
       <c r="A64" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="65" spans="1:1">
       <c r="A65" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
     </row>
     <row r="66" spans="1:1">
       <c r="A66" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="68" spans="1:1">
       <c r="A68" s="7" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="69" spans="1:1">
       <c r="A69" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="70" spans="1:1">
       <c r="A70" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="71" spans="1:1">
       <c r="A71" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="72" spans="1:1">
       <c r="A72" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="73" spans="1:1">
       <c r="A73" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="74" spans="1:1">
       <c r="A74" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="75" spans="1:1">
       <c r="A75" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="76" spans="1:1">
       <c r="A76" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="77" spans="1:1">
       <c r="A77" s="2" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="78" spans="1:1">
       <c r="A78" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="79" spans="1:1">
       <c r="A79" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="80" spans="1:1">
       <c r="A80" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="81" spans="1:1">
       <c r="A81" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="82" spans="1:1">
       <c r="A82" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="83" spans="1:1">
       <c r="A83" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="84" spans="1:1">
       <c r="A84" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="85" spans="1:1">
       <c r="A85" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="86" spans="1:1">
       <c r="A86" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="87" spans="1:1">
       <c r="A87" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="88" spans="1:1">
       <c r="A88" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="89" spans="1:1">
       <c r="A89" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="90" spans="1:1">
       <c r="A90" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="91" spans="1:1">
       <c r="A91" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="92" spans="1:1">
       <c r="A92" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="93" spans="1:1">
       <c r="A93" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="94" spans="1:1">
       <c r="A94" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
     <row r="95" spans="1:1">
       <c r="A95" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="96" spans="1:1">
       <c r="A96" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="97" spans="1:1">
       <c r="A97" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="98" spans="1:1">
       <c r="A98" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="99" spans="1:1">
       <c r="A99" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="100" spans="1:1">
       <c r="A100" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="101" spans="1:1">
       <c r="A101" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="102" spans="1:1">
       <c r="A102" s="8" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="103" spans="1:1">
       <c r="A103" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="104" spans="1:1">
       <c r="A104" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="105" spans="1:1">
       <c r="A105" s="16" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="106" spans="1:1">
       <c r="A106" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="107" spans="1:1">
       <c r="A107" s="15" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="108" spans="1:1">
       <c r="A108" s="8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="109" spans="1:1">
       <c r="A109" s="8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="110" spans="1:1">
       <c r="A110" s="8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="111" spans="1:1" ht="30" customHeight="1">
-      <c r="A111" s="20" t="s">
-        <v>93</v>
+      <c r="A111" s="19" t="s">
+        <v>94</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <oleObject progId="Word.Picture.8" shapeId="4099" r:id="rId4">
           <objectPr defaultSize="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1" sizeWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>923925</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>742950</xdr:rowOff>
               </to>
             </anchor>
           </objectPr>
         </oleObject>
       </mc:Choice>
       <mc:Fallback>
         <oleObject progId="Word.Picture.8" shapeId="4099" r:id="rId4"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Z148"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <pane xSplit="1" ySplit="4" topLeftCell="B40" activePane="bottomRight" state="frozen"/>
+      <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="Z51" sqref="Z51"/>
+      <selection pane="bottomRight" activeCell="Y4" sqref="Y4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12"/>
   <cols>
-    <col min="1" max="1" width="14.42578125" style="22" customWidth="1"/>
-[...20 lines deleted...]
-    <col min="27" max="16384" width="9.140625" style="22"/>
+    <col min="1" max="1" width="14.42578125" style="21" customWidth="1"/>
+    <col min="2" max="2" width="7.7109375" style="21" customWidth="1"/>
+    <col min="3" max="4" width="7.5703125" style="21" customWidth="1"/>
+    <col min="5" max="5" width="10.85546875" style="21" customWidth="1"/>
+    <col min="6" max="6" width="8.28515625" style="21" customWidth="1"/>
+    <col min="7" max="7" width="11.5703125" style="21" customWidth="1"/>
+    <col min="8" max="8" width="8.28515625" style="21" customWidth="1"/>
+    <col min="9" max="9" width="5" style="21" customWidth="1"/>
+    <col min="10" max="10" width="7.5703125" style="21" customWidth="1"/>
+    <col min="11" max="11" width="26.140625" style="21" customWidth="1"/>
+    <col min="12" max="12" width="8.28515625" style="21" bestFit="1" customWidth="1"/>
+    <col min="13" max="13" width="11.5703125" style="21" customWidth="1"/>
+    <col min="14" max="16" width="7.5703125" style="21" customWidth="1"/>
+    <col min="17" max="17" width="9.42578125" style="21" customWidth="1"/>
+    <col min="18" max="18" width="12.28515625" style="21" customWidth="1"/>
+    <col min="19" max="21" width="6" style="21" customWidth="1"/>
+    <col min="22" max="22" width="10" style="21" customWidth="1"/>
+    <col min="23" max="23" width="11.5703125" style="21" customWidth="1"/>
+    <col min="24" max="24" width="31" style="21" customWidth="1"/>
+    <col min="25" max="25" width="29.85546875" style="21" customWidth="1"/>
+    <col min="26" max="26" width="27.7109375" style="21" customWidth="1"/>
+    <col min="27" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
-      <c r="A1" s="21"/>
+      <c r="A1" s="20"/>
     </row>
     <row r="2" spans="1:26">
-      <c r="A2" s="21" t="s">
-        <v>94</v>
+      <c r="A2" s="20" t="s">
+        <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:26" ht="15" customHeight="1">
-      <c r="A3" s="39" t="s">
-[...2 lines deleted...]
-      <c r="B3" s="41" t="s">
+      <c r="A3" s="35" t="s">
         <v>96</v>
       </c>
-      <c r="C3" s="41" t="s">
+      <c r="B3" s="37" t="s">
         <v>97</v>
       </c>
-      <c r="D3" s="41" t="s">
+      <c r="C3" s="37" t="s">
         <v>98</v>
       </c>
-      <c r="E3" s="41" t="s">
+      <c r="D3" s="37" t="s">
         <v>99</v>
       </c>
-      <c r="F3" s="41" t="s">
+      <c r="E3" s="37" t="s">
         <v>100</v>
       </c>
-      <c r="G3" s="41" t="s">
+      <c r="F3" s="37" t="s">
         <v>101</v>
       </c>
-      <c r="H3" s="41" t="s">
+      <c r="G3" s="37" t="s">
         <v>102</v>
       </c>
-      <c r="I3" s="41" t="s">
+      <c r="H3" s="37" t="s">
         <v>103</v>
       </c>
-      <c r="J3" s="41" t="s">
+      <c r="I3" s="37" t="s">
         <v>104</v>
       </c>
-      <c r="K3" s="41" t="s">
+      <c r="J3" s="37" t="s">
         <v>105</v>
       </c>
-      <c r="L3" s="42" t="s">
+      <c r="K3" s="37" t="s">
         <v>106</v>
       </c>
-      <c r="M3" s="42"/>
-      <c r="N3" s="41" t="s">
+      <c r="L3" s="38" t="s">
         <v>107</v>
       </c>
-      <c r="O3" s="41"/>
-[...2 lines deleted...]
-      <c r="R3" s="42" t="s">
+      <c r="M3" s="38"/>
+      <c r="N3" s="37" t="s">
         <v>108</v>
       </c>
-      <c r="S3" s="42"/>
-[...2 lines deleted...]
-      <c r="V3" s="41" t="s">
+      <c r="O3" s="37"/>
+      <c r="P3" s="37"/>
+      <c r="Q3" s="37"/>
+      <c r="R3" s="38" t="s">
         <v>109</v>
       </c>
-      <c r="W3" s="41" t="s">
+      <c r="S3" s="38"/>
+      <c r="T3" s="38"/>
+      <c r="U3" s="38"/>
+      <c r="V3" s="37" t="s">
         <v>110</v>
       </c>
-      <c r="X3" s="41" t="s">
+      <c r="W3" s="37" t="s">
         <v>111</v>
       </c>
-      <c r="Y3" s="41"/>
-      <c r="Z3" s="23" t="s">
+      <c r="X3" s="37" t="s">
         <v>112</v>
       </c>
+      <c r="Y3" s="37"/>
+      <c r="Z3" s="22" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="4" spans="1:26" ht="48">
-      <c r="A4" s="40"/>
-[...13 lines deleted...]
-      <c r="M4" s="23" t="s">
+      <c r="A4" s="36"/>
+      <c r="B4" s="37"/>
+      <c r="C4" s="37"/>
+      <c r="D4" s="37"/>
+      <c r="E4" s="37"/>
+      <c r="F4" s="37"/>
+      <c r="G4" s="37"/>
+      <c r="H4" s="37"/>
+      <c r="I4" s="37"/>
+      <c r="J4" s="37"/>
+      <c r="K4" s="37"/>
+      <c r="L4" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="N4" s="23" t="s">
+      <c r="M4" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="O4" s="23" t="s">
+      <c r="N4" s="22" t="s">
         <v>116</v>
       </c>
-      <c r="P4" s="23" t="s">
+      <c r="O4" s="22" t="s">
         <v>117</v>
       </c>
-      <c r="Q4" s="23" t="s">
+      <c r="P4" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="R4" s="23" t="s">
+      <c r="Q4" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="S4" s="23" t="s">
+      <c r="R4" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="T4" s="23" t="s">
+      <c r="S4" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="U4" s="23" t="s">
+      <c r="T4" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="V4" s="41"/>
-[...4 lines deleted...]
-      <c r="Y4" s="23" t="s">
+      <c r="U4" s="22" t="s">
+        <v>123</v>
+      </c>
+      <c r="V4" s="37"/>
+      <c r="W4" s="37"/>
+      <c r="X4" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="Z4" s="23" t="s">
-        <v>121</v>
+      <c r="Y4" s="22" t="s">
+        <v>122</v>
+      </c>
+      <c r="Z4" s="22" t="s">
+        <v>122</v>
       </c>
     </row>
     <row r="5" spans="1:26" ht="27" customHeight="1">
-      <c r="A5" s="24" t="s">
-[...2 lines deleted...]
-      <c r="B5" s="25" t="s">
+      <c r="A5" s="23" t="s">
         <v>124</v>
       </c>
-      <c r="C5" s="25" t="s">
-[...56 lines deleted...]
-      <c r="V5" s="25" t="s">
+      <c r="B5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="L5" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="W5" s="25" t="s">
-[...11 lines deleted...]
-      <c r="A6" s="24" t="s">
+      <c r="M5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V5" s="24" t="s">
         <v>129</v>
       </c>
-      <c r="B6" s="25" t="s">
-[...23 lines deleted...]
-      <c r="J6" s="25" t="s">
+      <c r="W5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="Y5" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="Z5" s="24"/>
+    </row>
+    <row r="6" spans="1:26" ht="136.5" customHeight="1">
+      <c r="A6" s="23" t="s">
         <v>130</v>
       </c>
-      <c r="K6" s="25" t="s">
+      <c r="B6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I6" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J6" s="24" t="s">
         <v>131</v>
       </c>
-      <c r="L6" s="25">
+      <c r="K6" s="24" t="s">
+        <v>132</v>
+      </c>
+      <c r="L6" s="24">
         <v>6</v>
       </c>
-      <c r="M6" s="25" t="s">
-[...26 lines deleted...]
-      <c r="V6" s="25" t="s">
+      <c r="M6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R6" s="24" t="s">
+        <v>133</v>
+      </c>
+      <c r="S6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U6" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V6" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W6" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="X6" s="39" t="s">
+        <v>631</v>
+      </c>
+      <c r="Y6" s="34" t="s">
+        <v>630</v>
+      </c>
+      <c r="Z6" s="24"/>
+    </row>
+    <row r="7" spans="1:26" ht="27" customHeight="1">
+      <c r="A7" s="23" t="s">
+        <v>134</v>
+      </c>
+      <c r="B7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F7" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I7" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J7" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K7" s="24" t="s">
+        <v>136</v>
+      </c>
+      <c r="L7" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="W6" s="25" t="s">
-[...11 lines deleted...]
-      <c r="A7" s="24" t="s">
+      <c r="M7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R7" s="24" t="s">
+        <v>137</v>
+      </c>
+      <c r="S7" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T7" s="25" t="s">
+        <v>138</v>
+      </c>
+      <c r="U7" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="V7" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W7" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="X7" s="24"/>
+      <c r="Y7" s="24"/>
+      <c r="Z7" s="24"/>
+    </row>
+    <row r="8" spans="1:26" ht="27" customHeight="1">
+      <c r="A8" s="23" t="s">
+        <v>140</v>
+      </c>
+      <c r="B8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I8" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K8" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="L8" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P8" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q8" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V8" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W8" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="X8" s="24" t="s">
+        <v>143</v>
+      </c>
+      <c r="Y8" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z8" s="24" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="9" spans="1:26" ht="27" customHeight="1">
+      <c r="A9" s="23" t="s">
+        <v>146</v>
+      </c>
+      <c r="B9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E9" s="24" t="s">
+        <v>147</v>
+      </c>
+      <c r="F9" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="G9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H9" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I9" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J9" s="24" t="s">
+        <v>149</v>
+      </c>
+      <c r="K9" s="24" t="s">
+        <v>150</v>
+      </c>
+      <c r="L9" s="24">
+        <v>6</v>
+      </c>
+      <c r="M9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N9" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O9" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q9" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="R9" s="24" t="s">
+        <v>153</v>
+      </c>
+      <c r="S9" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T9" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U9" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V9" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W9" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="X9" s="24"/>
+      <c r="Y9" s="24" t="s">
+        <v>154</v>
+      </c>
+      <c r="Z9" s="24"/>
+    </row>
+    <row r="10" spans="1:26" ht="27" customHeight="1">
+      <c r="A10" s="23" t="s">
+        <v>155</v>
+      </c>
+      <c r="B10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E10" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H10" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K10" s="24" t="s">
+        <v>156</v>
+      </c>
+      <c r="L10" s="24">
+        <v>6</v>
+      </c>
+      <c r="M10" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N10" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P10" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q10" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="R10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V10" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W10" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="X10" s="24"/>
+      <c r="Y10" s="24" t="s">
+        <v>157</v>
+      </c>
+      <c r="Z10" s="24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="11" spans="1:26" ht="38.450000000000003" customHeight="1">
+      <c r="A11" s="23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E11" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G11" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H11" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I11" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J11" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K11" s="24"/>
+      <c r="L11" s="24">
+        <v>6</v>
+      </c>
+      <c r="M11" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N11" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q11" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R11" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S11" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T11" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U11" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V11" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W11" s="24"/>
+      <c r="X11" s="24" t="s">
+        <v>161</v>
+      </c>
+      <c r="Y11" s="24" t="s">
+        <v>162</v>
+      </c>
+      <c r="Z11" s="24"/>
+    </row>
+    <row r="12" spans="1:26" ht="27" customHeight="1">
+      <c r="A12" s="23" t="s">
+        <v>163</v>
+      </c>
+      <c r="B12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E12" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F12" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="G12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H12" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I12" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J12" s="24" t="s">
+        <v>165</v>
+      </c>
+      <c r="K12" s="24"/>
+      <c r="L12" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M12" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N12" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P12" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q12" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R12" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S12" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T12" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U12" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V12" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W12" s="24"/>
+      <c r="X12" s="24"/>
+      <c r="Y12" s="24"/>
+      <c r="Z12" s="24"/>
+    </row>
+    <row r="13" spans="1:26" ht="78" customHeight="1">
+      <c r="A13" s="23" t="s">
+        <v>166</v>
+      </c>
+      <c r="B13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E13" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F13" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H13" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I13" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J13" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K13" s="24" t="s">
+        <v>167</v>
+      </c>
+      <c r="L13" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N13" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R13" s="24" t="s">
+        <v>168</v>
+      </c>
+      <c r="S13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="T13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U13" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="V13" s="24"/>
+      <c r="W13" s="24"/>
+      <c r="X13" s="24" t="s">
+        <v>169</v>
+      </c>
+      <c r="Y13" s="24" t="s">
+        <v>170</v>
+      </c>
+      <c r="Z13" s="24" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="14" spans="1:26" ht="27" customHeight="1">
+      <c r="A14" s="23" t="s">
+        <v>172</v>
+      </c>
+      <c r="B14" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C14" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D14" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E14" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F14" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G14" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H14" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K14" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="L14" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M14" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N14" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O14" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P14" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q14" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U14" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V14" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W14" s="24"/>
+      <c r="X14" s="24"/>
+      <c r="Y14" s="24"/>
+      <c r="Z14" s="24" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="15" spans="1:26" ht="72">
+      <c r="A15" s="23" t="s">
+        <v>175</v>
+      </c>
+      <c r="B15" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C15" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D15" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E15" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F15" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G15" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I15" s="24" t="s">
+        <v>176</v>
+      </c>
+      <c r="J15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K15" s="24"/>
+      <c r="L15" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M15" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N15" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O15" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P15" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q15" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="R15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U15" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V15" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W15" s="24" t="s">
+        <v>179</v>
+      </c>
+      <c r="X15" s="24" t="s">
+        <v>180</v>
+      </c>
+      <c r="Y15" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="Z15" s="24" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="16" spans="1:26" ht="29.45" customHeight="1">
+      <c r="A16" s="23" t="s">
+        <v>183</v>
+      </c>
+      <c r="B16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F16" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I16" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J16" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K16" s="24" t="s">
+        <v>184</v>
+      </c>
+      <c r="L16" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R16" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="S16" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T16" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U16" s="24" t="s">
+        <v>186</v>
+      </c>
+      <c r="V16" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W16" s="24"/>
+      <c r="X16" s="24" t="s">
+        <v>187</v>
+      </c>
+      <c r="Y16" s="24"/>
+      <c r="Z16" s="24" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="17" spans="1:26" ht="27" customHeight="1">
+      <c r="A17" s="23" t="s">
+        <v>189</v>
+      </c>
+      <c r="B17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E17" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I17" s="24" t="s">
+        <v>190</v>
+      </c>
+      <c r="J17" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K17" s="24"/>
+      <c r="L17" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M17" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N17" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P17" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q17" s="24" t="s">
+        <v>191</v>
+      </c>
+      <c r="R17" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S17" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T17" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U17" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V17" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W17" s="24"/>
+      <c r="X17" s="24"/>
+      <c r="Y17" s="24"/>
+      <c r="Z17" s="24"/>
+    </row>
+    <row r="18" spans="1:26" ht="112.15" customHeight="1">
+      <c r="A18" s="23" t="s">
+        <v>192</v>
+      </c>
+      <c r="B18" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C18" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D18" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E18" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F18" s="24" t="s">
+        <v>193</v>
+      </c>
+      <c r="G18" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H18" s="24" t="s">
+        <v>194</v>
+      </c>
+      <c r="I18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K18" s="24" t="s">
+        <v>195</v>
+      </c>
+      <c r="L18" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M18" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N18" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O18" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P18" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q18" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U18" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V18" s="24" t="s">
+        <v>196</v>
+      </c>
+      <c r="W18" s="24"/>
+      <c r="X18" s="24"/>
+      <c r="Y18" s="24" t="s">
+        <v>197</v>
+      </c>
+      <c r="Z18" s="24" t="s">
+        <v>198</v>
+      </c>
+    </row>
+    <row r="19" spans="1:26" ht="27" customHeight="1">
+      <c r="A19" s="23" t="s">
+        <v>199</v>
+      </c>
+      <c r="B19" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" s="24" t="s">
+        <v>147</v>
+      </c>
+      <c r="F19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H19" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I19" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J19" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="K19" s="24" t="s">
+        <v>201</v>
+      </c>
+      <c r="L19" s="24" t="s">
+        <v>202</v>
+      </c>
+      <c r="M19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N19" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O19" s="24" t="s">
+        <v>203</v>
+      </c>
+      <c r="P19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q19" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="R19" s="24" t="s">
+        <v>204</v>
+      </c>
+      <c r="S19" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T19" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U19" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V19" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W19" s="24"/>
+      <c r="X19" s="24"/>
+      <c r="Y19" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="Z19" s="24" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="20" spans="1:26" ht="27" customHeight="1">
+      <c r="A20" s="23" t="s">
+        <v>207</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E20" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="I20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J20" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="K20" s="24" t="s">
+        <v>209</v>
+      </c>
+      <c r="L20" s="24">
+        <v>6</v>
+      </c>
+      <c r="M20" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O20" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P20" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q20" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U20" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V20" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W20" s="24"/>
+      <c r="X20" s="24"/>
+      <c r="Y20" s="24"/>
+      <c r="Z20" s="24"/>
+    </row>
+    <row r="21" spans="1:26" ht="27" customHeight="1">
+      <c r="A21" s="23" t="s">
+        <v>210</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E21" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I21" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="J21" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="K21" s="24" t="s">
+        <v>213</v>
+      </c>
+      <c r="L21" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M21" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N21" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P21" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q21" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R21" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S21" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T21" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U21" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V21" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W21" s="24"/>
+      <c r="X21" s="24"/>
+      <c r="Y21" s="24"/>
+      <c r="Z21" s="24" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="22" spans="1:26" ht="27" customHeight="1">
+      <c r="A22" s="23" t="s">
+        <v>215</v>
+      </c>
+      <c r="B22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F22" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I22" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J22" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K22" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="L22" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R22" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="S22" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T22" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U22" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V22" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W22" s="24"/>
+      <c r="X22" s="21" t="s">
+        <v>217</v>
+      </c>
+      <c r="Y22" s="24" t="s">
+        <v>218</v>
+      </c>
+      <c r="Z22" s="24"/>
+    </row>
+    <row r="23" spans="1:26" ht="55.5" customHeight="1">
+      <c r="A23" s="23" t="s">
+        <v>219</v>
+      </c>
+      <c r="B23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D23" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E23" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G23" s="24" t="s">
+        <v>220</v>
+      </c>
+      <c r="H23" s="24" t="s">
+        <v>221</v>
+      </c>
+      <c r="I23" s="24" t="s">
+        <v>222</v>
+      </c>
+      <c r="J23" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K23" s="24" t="s">
+        <v>223</v>
+      </c>
+      <c r="L23" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M23" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P23" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q23" s="24" t="s">
+        <v>152</v>
+      </c>
+      <c r="R23" s="24" t="s">
+        <v>224</v>
+      </c>
+      <c r="S23" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T23" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U23" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V23" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W23" s="24"/>
+      <c r="X23" s="24"/>
+      <c r="Y23" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="Z23" s="24"/>
+    </row>
+    <row r="24" spans="1:26" ht="27" customHeight="1">
+      <c r="A24" s="23" t="s">
+        <v>226</v>
+      </c>
+      <c r="B24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C24" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F24" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G24" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I24" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="J24" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K24" s="24"/>
+      <c r="L24" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O24" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P24" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q24" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R24" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S24" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T24" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U24" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V24" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W24" s="24"/>
+      <c r="X24" s="24"/>
+      <c r="Y24" s="24"/>
+      <c r="Z24" s="24"/>
+    </row>
+    <row r="25" spans="1:26" ht="39" customHeight="1">
+      <c r="A25" s="23" t="s">
+        <v>227</v>
+      </c>
+      <c r="B25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C25" s="24" t="s">
+        <v>228</v>
+      </c>
+      <c r="D25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E25" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="F25" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="G25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H25" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="I25" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J25" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K25" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="L25" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M25" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q25" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R25" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S25" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T25" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U25" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V25" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W25" s="24"/>
+      <c r="X25" s="24"/>
+      <c r="Y25" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="Z25" s="24" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="26" spans="1:26" ht="27" customHeight="1">
+      <c r="A26" s="23" t="s">
+        <v>236</v>
+      </c>
+      <c r="B26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I26" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J26" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K26" s="24" t="s">
+        <v>237</v>
+      </c>
+      <c r="L26" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O26" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="P26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R26" s="24" t="s">
+        <v>239</v>
+      </c>
+      <c r="S26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T26" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U26" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V26" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W26" s="24"/>
+      <c r="X26" s="24" t="s">
+        <v>240</v>
+      </c>
+      <c r="Y26" s="24"/>
+      <c r="Z26" s="24" t="s">
+        <v>241</v>
+      </c>
+    </row>
+    <row r="27" spans="1:26" ht="60" customHeight="1">
+      <c r="A27" s="23" t="s">
+        <v>242</v>
+      </c>
+      <c r="B27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E27" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H27" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I27" s="24"/>
+      <c r="J27" s="24"/>
+      <c r="K27" s="24" t="s">
+        <v>243</v>
+      </c>
+      <c r="L27" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M27" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q27" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R27" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="S27" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T27" s="26" t="s">
+        <v>245</v>
+      </c>
+      <c r="U27" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V27" s="24"/>
+      <c r="W27" s="24"/>
+      <c r="X27" s="24" t="s">
+        <v>246</v>
+      </c>
+      <c r="Y27" s="26" t="s">
+        <v>247</v>
+      </c>
+      <c r="Z27" s="24"/>
+    </row>
+    <row r="28" spans="1:26" ht="73.900000000000006" customHeight="1">
+      <c r="A28" s="23" t="s">
+        <v>248</v>
+      </c>
+      <c r="B28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F28" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K28" s="24" t="s">
+        <v>249</v>
+      </c>
+      <c r="L28" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q28" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U28" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V28" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W28" s="24"/>
+      <c r="X28" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="Y28" s="24" t="s">
+        <v>181</v>
+      </c>
+      <c r="Z28" s="24" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="29" spans="1:26" ht="27" customHeight="1">
+      <c r="A29" s="23" t="s">
+        <v>251</v>
+      </c>
+      <c r="B29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E29" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H29" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K29" s="24"/>
+      <c r="L29" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M29" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O29" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P29" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q29" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="R29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U29" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V29" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W29" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X29" s="24"/>
+      <c r="Y29" s="24"/>
+      <c r="Z29" s="24"/>
+    </row>
+    <row r="30" spans="1:26" ht="27" customHeight="1">
+      <c r="A30" s="23" t="s">
+        <v>252</v>
+      </c>
+      <c r="B30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K30" s="24" t="s">
+        <v>253</v>
+      </c>
+      <c r="L30" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q30" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U30" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V30" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W30" s="24"/>
+      <c r="X30" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="Y30" s="24" t="s">
+        <v>205</v>
+      </c>
+      <c r="Z30" s="24" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="31" spans="1:26" ht="27" customHeight="1">
+      <c r="A31" s="23" t="s">
+        <v>255</v>
+      </c>
+      <c r="B31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E31" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H31" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K31" s="24" t="s">
+        <v>256</v>
+      </c>
+      <c r="L31" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M31" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N31" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O31" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P31" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q31" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="R31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U31" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V31" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W31" s="24"/>
+      <c r="X31" s="24"/>
+      <c r="Y31" s="24"/>
+      <c r="Z31" s="24"/>
+    </row>
+    <row r="32" spans="1:26" ht="27" customHeight="1">
+      <c r="A32" s="23" t="s">
+        <v>257</v>
+      </c>
+      <c r="B32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E32" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H32" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I32" s="24"/>
+      <c r="J32" s="24"/>
+      <c r="K32" s="24" t="s">
+        <v>258</v>
+      </c>
+      <c r="L32" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M32" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q32" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R32" s="26" t="s">
+        <v>244</v>
+      </c>
+      <c r="S32" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T32" s="26" t="s">
+        <v>245</v>
+      </c>
+      <c r="U32" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V32" s="24"/>
+      <c r="W32" s="24"/>
+      <c r="X32" s="24"/>
+      <c r="Y32" s="26" t="s">
+        <v>247</v>
+      </c>
+      <c r="Z32" s="24"/>
+    </row>
+    <row r="33" spans="1:26" ht="27" customHeight="1">
+      <c r="A33" s="23" t="s">
+        <v>259</v>
+      </c>
+      <c r="B33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E33" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H33" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K33" s="24"/>
+      <c r="L33" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M33" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N33" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O33" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P33" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q33" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="R33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U33" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V33" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W33" s="24"/>
+      <c r="X33" s="24"/>
+      <c r="Y33" s="24"/>
+      <c r="Z33" s="24"/>
+    </row>
+    <row r="34" spans="1:26" ht="27" customHeight="1">
+      <c r="A34" s="23" t="s">
+        <v>260</v>
+      </c>
+      <c r="B34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E34" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H34" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K34" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L34" s="27">
+        <v>6</v>
+      </c>
+      <c r="M34" s="23" t="s">
+        <v>164</v>
+      </c>
+      <c r="N34" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P34" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q34" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U34" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V34" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W34" s="24"/>
+      <c r="X34" s="24"/>
+      <c r="Y34" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="Z34" s="24" t="s">
+        <v>263</v>
+      </c>
+    </row>
+    <row r="35" spans="1:26" ht="27" customHeight="1">
+      <c r="A35" s="23" t="s">
+        <v>264</v>
+      </c>
+      <c r="B35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I35" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J35" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="K35" s="24" t="s">
+        <v>142</v>
+      </c>
+      <c r="L35" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P35" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q35" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R35" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S35" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T35" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U35" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V35" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W35" s="24"/>
+      <c r="X35" s="24"/>
+      <c r="Y35" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z35" s="24" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="36" spans="1:26" ht="27" customHeight="1">
+      <c r="A36" s="23" t="s">
+        <v>267</v>
+      </c>
+      <c r="B36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F36" s="24" t="s">
+        <v>268</v>
+      </c>
+      <c r="G36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I36" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J36" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K36" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="L36" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N36" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="O36" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="P36" s="24" t="s">
+        <v>269</v>
+      </c>
+      <c r="Q36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R36" s="24" t="s">
+        <v>270</v>
+      </c>
+      <c r="S36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T36" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U36" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V36" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W36" s="24"/>
+      <c r="X36" s="24"/>
+      <c r="Y36" s="24" t="s">
+        <v>271</v>
+      </c>
+      <c r="Z36" s="24"/>
+    </row>
+    <row r="37" spans="1:26" ht="27" customHeight="1">
+      <c r="A37" s="23" t="s">
+        <v>272</v>
+      </c>
+      <c r="B37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C37" s="24" t="s">
+        <v>273</v>
+      </c>
+      <c r="D37" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F37" s="24" t="s">
+        <v>173</v>
+      </c>
+      <c r="G37" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I37" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J37" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K37" s="24" t="s">
+        <v>274</v>
+      </c>
+      <c r="L37" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O37" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="P37" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="Q37" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="R37" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T37" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U37" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V37" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W37" s="24"/>
+      <c r="X37" s="24" t="s">
+        <v>277</v>
+      </c>
+      <c r="Y37" s="24"/>
+      <c r="Z37" s="24" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="38" spans="1:26" ht="112.9" customHeight="1">
+      <c r="A38" s="23" t="s">
+        <v>279</v>
+      </c>
+      <c r="B38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E38" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H38" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I38" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J38" s="24" t="s">
+        <v>280</v>
+      </c>
+      <c r="K38" s="24" t="s">
+        <v>281</v>
+      </c>
+      <c r="L38" s="24">
+        <v>10</v>
+      </c>
+      <c r="M38" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N38" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P38" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q38" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R38" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S38" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T38" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U38" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V38" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W38" s="24"/>
+      <c r="X38" s="24" t="s">
+        <v>282</v>
+      </c>
+      <c r="Y38" s="24" t="s">
+        <v>283</v>
+      </c>
+      <c r="Z38" s="24"/>
+    </row>
+    <row r="39" spans="1:26" ht="48">
+      <c r="A39" s="23" t="s">
+        <v>284</v>
+      </c>
+      <c r="B39" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H39" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K39" s="24"/>
+      <c r="L39" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M39" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N39" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P39" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q39" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U39" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V39" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W39" s="24"/>
+      <c r="X39" s="24" t="s">
+        <v>285</v>
+      </c>
+      <c r="Y39" s="24" t="s">
+        <v>286</v>
+      </c>
+      <c r="Z39" s="24"/>
+    </row>
+    <row r="40" spans="1:26" ht="27" customHeight="1">
+      <c r="A40" s="23" t="s">
+        <v>287</v>
+      </c>
+      <c r="B40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E40" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H40" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K40" s="24"/>
+      <c r="L40" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M40" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N40" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O40" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P40" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q40" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U40" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V40" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W40" s="24"/>
+      <c r="X40" s="24"/>
+      <c r="Y40" s="24"/>
+      <c r="Z40" s="24"/>
+    </row>
+    <row r="41" spans="1:26" ht="27" customHeight="1">
+      <c r="A41" s="23" t="s">
+        <v>288</v>
+      </c>
+      <c r="B41" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C41" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D41" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E41" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F41" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G41" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H41" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="I41" s="24"/>
+      <c r="J41" s="24"/>
+      <c r="K41" s="24" t="s">
+        <v>290</v>
+      </c>
+      <c r="L41" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M41" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="N41" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="O41" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="P41" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q41" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="R41" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S41" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T41" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U41" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V41" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W41" s="24"/>
+      <c r="X41" s="24"/>
+      <c r="Y41" s="24"/>
+      <c r="Z41" s="24"/>
+    </row>
+    <row r="42" spans="1:26" ht="27" customHeight="1">
+      <c r="A42" s="23" t="s">
+        <v>291</v>
+      </c>
+      <c r="B42" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C42" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D42" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E42" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F42" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G42" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H42" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K42" s="24"/>
+      <c r="L42" s="24">
+        <v>6</v>
+      </c>
+      <c r="M42" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N42" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O42" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P42" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q42" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U42" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V42" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W42" s="24"/>
+      <c r="X42" s="24"/>
+      <c r="Y42" s="24" t="s">
+        <v>292</v>
+      </c>
+      <c r="Z42" s="24"/>
+    </row>
+    <row r="43" spans="1:26" ht="27" customHeight="1">
+      <c r="A43" s="23" t="s">
+        <v>293</v>
+      </c>
+      <c r="B43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K43" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="L43" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O43" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P43" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U43" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V43" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W43" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X43" s="24"/>
+      <c r="Y43" s="24"/>
+      <c r="Z43" s="24"/>
+    </row>
+    <row r="44" spans="1:26" ht="27" customHeight="1">
+      <c r="A44" s="23" t="s">
+        <v>294</v>
+      </c>
+      <c r="B44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I44" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J44" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K44" s="24" t="s">
+        <v>295</v>
+      </c>
+      <c r="L44" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q44" s="24" t="s">
+        <v>296</v>
+      </c>
+      <c r="R44" s="24" t="s">
+        <v>297</v>
+      </c>
+      <c r="S44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T44" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U44" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V44" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W44" s="24"/>
+      <c r="X44" s="24"/>
+      <c r="Y44" s="24" t="s">
+        <v>298</v>
+      </c>
+      <c r="Z44" s="24" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="45" spans="1:26" ht="27" customHeight="1">
+      <c r="A45" s="23" t="s">
+        <v>299</v>
+      </c>
+      <c r="B45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I45" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J45" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K45" s="24" t="s">
+        <v>300</v>
+      </c>
+      <c r="L45" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q45" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R45" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S45" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T45" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U45" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V45" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W45" s="24"/>
+      <c r="X45" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y45" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z45" s="24" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="46" spans="1:26" ht="27" customHeight="1">
+      <c r="A46" s="23" t="s">
+        <v>303</v>
+      </c>
+      <c r="B46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I46" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J46" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="K46" s="24"/>
+      <c r="L46" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O46" s="24" t="s">
+        <v>304</v>
+      </c>
+      <c r="P46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R46" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U46" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V46" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X46" s="24" t="s">
+        <v>305</v>
+      </c>
+      <c r="Y46" s="24"/>
+      <c r="Z46" s="24"/>
+    </row>
+    <row r="47" spans="1:26" ht="27" customHeight="1">
+      <c r="A47" s="23" t="s">
+        <v>306</v>
+      </c>
+      <c r="B47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E47" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H47" s="24" t="s">
+        <v>307</v>
+      </c>
+      <c r="I47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K47" s="24"/>
+      <c r="L47" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M47" s="24" t="s">
+        <v>308</v>
+      </c>
+      <c r="N47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O47" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P47" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U47" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V47" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W47" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X47" s="24" t="s">
+        <v>309</v>
+      </c>
+      <c r="Y47" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="Z47" s="24"/>
+    </row>
+    <row r="48" spans="1:26" ht="27" customHeight="1">
+      <c r="A48" s="23" t="s">
+        <v>311</v>
+      </c>
+      <c r="B48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I48" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J48" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="K48" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L48" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R48" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S48" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T48" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U48" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V48" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W48" s="24"/>
+      <c r="X48" s="24" t="s">
+        <v>312</v>
+      </c>
+      <c r="Y48" s="24"/>
+      <c r="Z48" s="24"/>
+    </row>
+    <row r="49" spans="1:26" ht="27" customHeight="1">
+      <c r="A49" s="23" t="s">
+        <v>313</v>
+      </c>
+      <c r="B49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E49" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H49" s="24" t="s">
+        <v>314</v>
+      </c>
+      <c r="I49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K49" s="24"/>
+      <c r="L49" s="24">
+        <v>6</v>
+      </c>
+      <c r="M49" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="N49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U49" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V49" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W49" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X49" s="24"/>
+      <c r="Y49" s="24"/>
+      <c r="Z49" s="24"/>
+    </row>
+    <row r="50" spans="1:26" ht="27" customHeight="1">
+      <c r="A50" s="23" t="s">
+        <v>316</v>
+      </c>
+      <c r="B50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I50" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J50" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="K50" s="24" t="s">
+        <v>317</v>
+      </c>
+      <c r="L50" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q50" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R50" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S50" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T50" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U50" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V50" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W50" s="24"/>
+      <c r="X50" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="Y50" s="24" t="s">
+        <v>144</v>
+      </c>
+      <c r="Z50" s="24" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="51" spans="1:26" ht="62.25" customHeight="1">
+      <c r="A51" s="23" t="s">
+        <v>320</v>
+      </c>
+      <c r="B51" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C51" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H51" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I51" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J51" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K51" s="24"/>
+      <c r="L51" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M51" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N51" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q51" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R51" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S51" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="T51" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="U51" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V51" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W51" s="24"/>
+      <c r="X51" s="24" t="s">
+        <v>321</v>
+      </c>
+      <c r="Y51" s="24" t="s">
+        <v>322</v>
+      </c>
+      <c r="Z51" s="24"/>
+    </row>
+    <row r="52" spans="1:26" ht="27" customHeight="1">
+      <c r="A52" s="23" t="s">
+        <v>323</v>
+      </c>
+      <c r="B52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I52" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J52" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="K52" s="24" t="s">
+        <v>324</v>
+      </c>
+      <c r="L52" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q52" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R52" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="S52" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T52" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U52" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V52" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W52" s="24"/>
+      <c r="X52" s="24"/>
+      <c r="Y52" s="24" t="s">
+        <v>326</v>
+      </c>
+      <c r="Z52" s="24"/>
+    </row>
+    <row r="53" spans="1:26" ht="27" customHeight="1">
+      <c r="A53" s="23" t="s">
+        <v>327</v>
+      </c>
+      <c r="B53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C53" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G53" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I53" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="J53" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K53" s="24"/>
+      <c r="L53" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="P53" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q53" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R53" s="24" t="s">
+        <v>328</v>
+      </c>
+      <c r="S53" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T53" s="24" t="s">
+        <v>329</v>
+      </c>
+      <c r="U53" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V53" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W53" s="24"/>
+      <c r="X53" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y53" s="24" t="s">
+        <v>330</v>
+      </c>
+      <c r="Z53" s="24" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="54" spans="1:26" ht="27" customHeight="1">
+      <c r="A54" s="23" t="s">
+        <v>332</v>
+      </c>
+      <c r="B54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E54" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F54" s="24" t="s">
         <v>135</v>
       </c>
-      <c r="B7" s="25" t="s">
-[...53 lines deleted...]
-      <c r="T7" s="26" t="s">
+      <c r="G54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H54" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K54" s="24" t="s">
+        <v>333</v>
+      </c>
+      <c r="L54" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M54" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N54" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q54" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U54" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V54" s="24" t="s">
         <v>139</v>
       </c>
-      <c r="U7" s="25" t="s">
-[...13 lines deleted...]
-      <c r="A8" s="24" t="s">
+      <c r="W54" s="24"/>
+      <c r="X54" s="24"/>
+      <c r="Y54" s="24"/>
+      <c r="Z54" s="24"/>
+    </row>
+    <row r="55" spans="1:26" ht="27" customHeight="1">
+      <c r="A55" s="23" t="s">
+        <v>334</v>
+      </c>
+      <c r="B55" s="28" t="s">
+        <v>148</v>
+      </c>
+      <c r="C55" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D55" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E55" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F55" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G55" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H55" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K55" s="24" t="s">
+        <v>335</v>
+      </c>
+      <c r="L55" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M55" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N55" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O55" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P55" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q55" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U55" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V55" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W55" s="24"/>
+      <c r="X55" s="24"/>
+      <c r="Z55" s="24"/>
+    </row>
+    <row r="56" spans="1:26" ht="47.25" customHeight="1">
+      <c r="A56" s="23" t="s">
+        <v>336</v>
+      </c>
+      <c r="B56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I56" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J56" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K56" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L56" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q56" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R56" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S56" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T56" s="24" t="s">
+        <v>337</v>
+      </c>
+      <c r="U56" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V56" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W56" s="24"/>
+      <c r="X56" s="24"/>
+      <c r="Y56" s="24" t="s">
+        <v>338</v>
+      </c>
+      <c r="Z56" s="24"/>
+    </row>
+    <row r="57" spans="1:26" ht="123.6" customHeight="1">
+      <c r="A57" s="23" t="s">
+        <v>339</v>
+      </c>
+      <c r="B57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D57" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E57" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="24" t="s">
+        <v>340</v>
+      </c>
+      <c r="G57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H57" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I57" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J57" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K57" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L57" s="24">
+        <v>6</v>
+      </c>
+      <c r="M57" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="N57" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R57" s="24" t="s">
+        <v>341</v>
+      </c>
+      <c r="S57" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T57" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U57" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V57" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W57" s="24" t="s">
+        <v>342</v>
+      </c>
+      <c r="X57" s="24" t="s">
+        <v>343</v>
+      </c>
+      <c r="Y57" s="24" t="s">
+        <v>344</v>
+      </c>
+      <c r="Z57" s="24" t="s">
+        <v>345</v>
+      </c>
+    </row>
+    <row r="58" spans="1:26" ht="27" customHeight="1">
+      <c r="A58" s="23" t="s">
+        <v>346</v>
+      </c>
+      <c r="B58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D58" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K58" s="24"/>
+      <c r="L58" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P58" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q58" s="24" t="s">
+        <v>347</v>
+      </c>
+      <c r="R58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U58" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V58" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W58" s="24"/>
+      <c r="X58" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y58" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="Z58" s="24"/>
+    </row>
+    <row r="59" spans="1:26" s="30" customFormat="1" ht="28.15" customHeight="1">
+      <c r="A59" s="23" t="s">
+        <v>349</v>
+      </c>
+      <c r="B59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D59" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I59" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J59" s="24" t="s">
+        <v>350</v>
+      </c>
+      <c r="K59" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L59" s="24">
+        <v>6</v>
+      </c>
+      <c r="M59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N59" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O59" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P59" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q59" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R59" s="24" t="s">
+        <v>351</v>
+      </c>
+      <c r="S59" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T59" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U59" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V59" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W59" s="29"/>
+      <c r="X59" s="24" t="s">
+        <v>352</v>
+      </c>
+      <c r="Y59" s="24" t="s">
+        <v>353</v>
+      </c>
+      <c r="Z59" s="24" t="s">
+        <v>353</v>
+      </c>
+    </row>
+    <row r="60" spans="1:26" ht="33.75" customHeight="1">
+      <c r="A60" s="23" t="s">
+        <v>354</v>
+      </c>
+      <c r="B60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D60" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I60" s="21" t="s">
         <v>141</v>
       </c>
-      <c r="B8" s="25" t="s">
-[...65 lines deleted...]
-      <c r="X8" s="25" t="s">
+      <c r="J60" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K60" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L60" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P60" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R60" s="25" t="s">
+        <v>355</v>
+      </c>
+      <c r="S60" s="25" t="s">
+        <v>126</v>
+      </c>
+      <c r="T60" s="25" t="s">
+        <v>356</v>
+      </c>
+      <c r="U60" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V60" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W60" s="24"/>
+      <c r="X60" s="24" t="s">
+        <v>357</v>
+      </c>
+      <c r="Y60" s="24"/>
+      <c r="Z60" s="24"/>
+    </row>
+    <row r="61" spans="1:26" ht="27" customHeight="1">
+      <c r="A61" s="23" t="s">
+        <v>358</v>
+      </c>
+      <c r="B61" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C61" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D61" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E61" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F61" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G61" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H61" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K61" s="24" t="s">
+        <v>359</v>
+      </c>
+      <c r="L61" s="24">
+        <v>6</v>
+      </c>
+      <c r="M61" s="24" t="s">
+        <v>360</v>
+      </c>
+      <c r="N61" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O61" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P61" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q61" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U61" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V61" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W61" s="24"/>
+      <c r="X61" s="24"/>
+      <c r="Y61" s="24"/>
+      <c r="Z61" s="24"/>
+    </row>
+    <row r="62" spans="1:26" ht="27" customHeight="1">
+      <c r="A62" s="23" t="s">
+        <v>361</v>
+      </c>
+      <c r="B62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E62" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H62" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I62" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J62" s="24" t="s">
+        <v>362</v>
+      </c>
+      <c r="K62" s="24"/>
+      <c r="L62" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M62" s="24" t="s">
+        <v>363</v>
+      </c>
+      <c r="N62" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O62" s="24" t="s">
+        <v>364</v>
+      </c>
+      <c r="P62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q62" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R62" s="24" t="s">
+        <v>365</v>
+      </c>
+      <c r="S62" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T62" s="25" t="s">
+        <v>366</v>
+      </c>
+      <c r="U62" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V62" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W62" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X62" s="24"/>
+      <c r="Y62" s="24"/>
+      <c r="Z62" s="24"/>
+    </row>
+    <row r="63" spans="1:26" ht="27" customHeight="1">
+      <c r="A63" s="23" t="s">
+        <v>367</v>
+      </c>
+      <c r="B63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E63" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H63" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I63" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="J63" s="24" t="s">
+        <v>368</v>
+      </c>
+      <c r="K63" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L63" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M63" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O63" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P63" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q63" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R63" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S63" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T63" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U63" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V63" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W63" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X63" s="24"/>
+      <c r="Y63" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="Z63" s="24"/>
+    </row>
+    <row r="64" spans="1:26" ht="27" customHeight="1">
+      <c r="A64" s="23" t="s">
+        <v>369</v>
+      </c>
+      <c r="B64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E64" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F64" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H64" s="24" t="s">
+        <v>370</v>
+      </c>
+      <c r="I64" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J64" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K64" s="24"/>
+      <c r="L64" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M64" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R64" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="S64" s="25" t="s">
+        <v>126</v>
+      </c>
+      <c r="T64" s="25"/>
+      <c r="U64" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="V64" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W64" s="24"/>
+      <c r="X64" s="24" t="s">
+        <v>372</v>
+      </c>
+      <c r="Y64" s="24"/>
+      <c r="Z64" s="24"/>
+    </row>
+    <row r="65" spans="1:26" ht="27" customHeight="1">
+      <c r="A65" s="23" t="s">
+        <v>373</v>
+      </c>
+      <c r="B65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E65" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H65" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K65" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="L65" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M65" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N65" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q65" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U65" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V65" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W65" s="24"/>
+      <c r="X65" s="24"/>
+      <c r="Y65" s="24"/>
+      <c r="Z65" s="24"/>
+    </row>
+    <row r="66" spans="1:26" s="30" customFormat="1" ht="27" customHeight="1">
+      <c r="A66" s="31" t="s">
+        <v>375</v>
+      </c>
+      <c r="B66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="C66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="D66" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E66" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="F66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="G66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="H66" s="29" t="s">
+        <v>376</v>
+      </c>
+      <c r="I66" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="J66" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="K66" s="29"/>
+      <c r="L66" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M66" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="N66" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="O66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="P66" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q66" s="29"/>
+      <c r="R66" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="S66" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="T66" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="U66" s="32" t="s">
+        <v>127</v>
+      </c>
+      <c r="V66" s="29"/>
+      <c r="W66" s="29"/>
+      <c r="X66" s="29"/>
+      <c r="Y66" s="29"/>
+      <c r="Z66" s="29"/>
+    </row>
+    <row r="67" spans="1:26" ht="41.45" customHeight="1">
+      <c r="A67" s="23" t="s">
+        <v>377</v>
+      </c>
+      <c r="B67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E67" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H67" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K67" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="L67" s="24">
+        <v>6</v>
+      </c>
+      <c r="M67" s="24" t="s">
+        <v>379</v>
+      </c>
+      <c r="N67" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q67" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U67" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V67" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W67" s="24"/>
+      <c r="X67" s="24" t="s">
+        <v>380</v>
+      </c>
+      <c r="Y67" s="24" t="s">
+        <v>381</v>
+      </c>
+      <c r="Z67" s="24"/>
+    </row>
+    <row r="68" spans="1:26" ht="27" customHeight="1">
+      <c r="A68" s="23" t="s">
+        <v>382</v>
+      </c>
+      <c r="B68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F68" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I68" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J68" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K68" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L68" s="24">
+        <v>6</v>
+      </c>
+      <c r="M68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R68" s="24" t="s">
+        <v>383</v>
+      </c>
+      <c r="S68" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T68" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U68" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V68" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W68" s="24"/>
+      <c r="X68" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="Y68" s="24" t="s">
+        <v>384</v>
+      </c>
+      <c r="Z68" s="24"/>
+    </row>
+    <row r="69" spans="1:26" ht="27" customHeight="1">
+      <c r="A69" s="23" t="s">
+        <v>385</v>
+      </c>
+      <c r="B69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E69" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H69" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I69" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J69" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K69" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L69" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M69" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N69" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q69" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R69" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S69" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T69" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U69" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V69" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W69" s="24"/>
+      <c r="X69" s="24"/>
+      <c r="Y69" s="24"/>
+      <c r="Z69" s="24"/>
+    </row>
+    <row r="70" spans="1:26" ht="27" customHeight="1">
+      <c r="A70" s="23" t="s">
+        <v>386</v>
+      </c>
+      <c r="B70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E70" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H70" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K70" s="24"/>
+      <c r="L70" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M70" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N70" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O70" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P70" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q70" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U70" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V70" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W70" s="24"/>
+      <c r="X70" s="24"/>
+      <c r="Y70" s="24"/>
+      <c r="Z70" s="24"/>
+    </row>
+    <row r="71" spans="1:26" ht="27" customHeight="1">
+      <c r="A71" s="23" t="s">
+        <v>387</v>
+      </c>
+      <c r="B71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H71" s="24" t="s">
+        <v>388</v>
+      </c>
+      <c r="I71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K71" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L71" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U71" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V71" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W71" s="24"/>
+      <c r="X71" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y71" s="24" t="s">
+        <v>389</v>
+      </c>
+      <c r="Z71" s="24" t="s">
+        <v>390</v>
+      </c>
+    </row>
+    <row r="72" spans="1:26" ht="27" customHeight="1">
+      <c r="A72" s="23" t="s">
+        <v>391</v>
+      </c>
+      <c r="B72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D72" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I72" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J72" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K72" s="24" t="s">
+        <v>392</v>
+      </c>
+      <c r="L72" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R72" s="24" t="s">
+        <v>393</v>
+      </c>
+      <c r="S72" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T72" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U72" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V72" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W72" s="24"/>
+      <c r="X72" s="24"/>
+      <c r="Y72" s="24" t="s">
+        <v>394</v>
+      </c>
+      <c r="Z72" s="24"/>
+    </row>
+    <row r="73" spans="1:26" ht="131.25" customHeight="1">
+      <c r="A73" s="23" t="s">
+        <v>395</v>
+      </c>
+      <c r="B73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E73" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F73" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G73" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="H73" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I73" s="24" t="s">
+        <v>211</v>
+      </c>
+      <c r="J73" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K73" s="24" t="s">
+        <v>396</v>
+      </c>
+      <c r="L73" s="24" t="s">
+        <v>397</v>
+      </c>
+      <c r="M73" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R73" s="23" t="s">
+        <v>399</v>
+      </c>
+      <c r="S73" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T73" s="23" t="s">
+        <v>164</v>
+      </c>
+      <c r="U73" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V73" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W73" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X73" s="24" t="s">
+        <v>400</v>
+      </c>
+      <c r="Y73" s="24" t="s">
+        <v>401</v>
+      </c>
+      <c r="Z73" s="24"/>
+    </row>
+    <row r="74" spans="1:26" ht="27" customHeight="1">
+      <c r="A74" s="23" t="s">
+        <v>402</v>
+      </c>
+      <c r="B74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E74" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H74" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I74" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J74" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K74" s="24"/>
+      <c r="L74" s="24">
+        <v>6</v>
+      </c>
+      <c r="M74" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N74" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O74" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P74" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q74" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R74" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S74" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T74" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U74" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V74" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W74" s="24"/>
+      <c r="X74" s="24"/>
+      <c r="Y74" s="24"/>
+      <c r="Z74" s="24"/>
+    </row>
+    <row r="75" spans="1:26" ht="28.5" customHeight="1">
+      <c r="A75" s="23" t="s">
+        <v>403</v>
+      </c>
+      <c r="B75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F75" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K75" s="24" t="s">
+        <v>404</v>
+      </c>
+      <c r="L75" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V75" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W75" s="24"/>
+      <c r="X75" s="24" t="s">
+        <v>405</v>
+      </c>
+      <c r="Y75" s="24"/>
+      <c r="Z75" s="24"/>
+    </row>
+    <row r="76" spans="1:26" ht="25.5" customHeight="1">
+      <c r="A76" s="23" t="s">
+        <v>406</v>
+      </c>
+      <c r="B76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C76" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D76" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F76" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I76" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="J76" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K76" s="24"/>
+      <c r="L76" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N76" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O76" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P76" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q76" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R76" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S76" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T76" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U76" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V76" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W76" s="24"/>
+      <c r="X76" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y76" s="24"/>
+      <c r="Z76" s="24"/>
+    </row>
+    <row r="77" spans="1:26" ht="27" customHeight="1">
+      <c r="A77" s="23" t="s">
+        <v>408</v>
+      </c>
+      <c r="B77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E77" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H77" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K77" s="24"/>
+      <c r="L77" s="24">
+        <v>6</v>
+      </c>
+      <c r="M77" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N77" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q77" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U77" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V77" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W77" s="24"/>
+      <c r="X77" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y77" s="24" t="s">
+        <v>409</v>
+      </c>
+      <c r="Z77" s="24" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="78" spans="1:26" ht="27" customHeight="1">
+      <c r="A78" s="23" t="s">
+        <v>411</v>
+      </c>
+      <c r="B78" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C78" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D78" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G78" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I78" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J78" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K78" s="24"/>
+      <c r="L78" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="P78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="Q78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R78" s="24" t="s">
+        <v>412</v>
+      </c>
+      <c r="S78" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T78" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U78" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V78" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W78" s="24"/>
+      <c r="X78" s="24"/>
+      <c r="Y78" s="24"/>
+      <c r="Z78" s="24"/>
+    </row>
+    <row r="79" spans="1:26" ht="27" customHeight="1">
+      <c r="A79" s="20" t="s">
+        <v>413</v>
+      </c>
+      <c r="B79" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="C79" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="D79" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="F79" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="G79" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="H79" s="21" t="s">
+        <v>160</v>
+      </c>
+      <c r="I79" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="J79" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="L79" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="N79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="O79" s="21" t="s">
+        <v>151</v>
+      </c>
+      <c r="P79" s="21" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="R79" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="S79" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="T79" s="21" t="s">
+        <v>127</v>
+      </c>
+      <c r="U79" s="21" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="80" spans="1:26" ht="27" customHeight="1">
+      <c r="A80" s="23" t="s">
+        <v>414</v>
+      </c>
+      <c r="B80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E80" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H80" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I80" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J80" s="24" t="s">
+        <v>415</v>
+      </c>
+      <c r="K80" s="24"/>
+      <c r="L80" s="24">
+        <v>6</v>
+      </c>
+      <c r="M80" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P80" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q80" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R80" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S80" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T80" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U80" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V80" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W80" s="24"/>
+      <c r="X80" s="24"/>
+      <c r="Y80" s="24"/>
+      <c r="Z80" s="24"/>
+    </row>
+    <row r="81" spans="1:26" ht="27" customHeight="1">
+      <c r="A81" s="23" t="s">
+        <v>416</v>
+      </c>
+      <c r="B81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E81" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F81" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H81" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I81" s="24" t="s">
+        <v>417</v>
+      </c>
+      <c r="J81" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K81" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L81" s="24">
+        <v>6</v>
+      </c>
+      <c r="M81" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N81" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q81" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R81" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S81" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T81" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U81" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V81" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W81" s="24"/>
+      <c r="X81" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="Y81" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="Z81" s="24" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="82" spans="1:26" ht="27" customHeight="1">
+      <c r="A82" s="23" t="s">
+        <v>420</v>
+      </c>
+      <c r="B82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E82" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H82" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I82" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J82" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K82" s="24" t="s">
+        <v>421</v>
+      </c>
+      <c r="L82" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M82" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N82" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O82" s="24" t="s">
+        <v>422</v>
+      </c>
+      <c r="P82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R82" s="24" t="s">
+        <v>423</v>
+      </c>
+      <c r="S82" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T82" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U82" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V82" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W82" s="24"/>
+      <c r="X82" s="24"/>
+      <c r="Y82" s="24"/>
+      <c r="Z82" s="24"/>
+    </row>
+    <row r="83" spans="1:26" ht="27" customHeight="1">
+      <c r="A83" s="23" t="s">
+        <v>424</v>
+      </c>
+      <c r="B83" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C83" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D83" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E83" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F83" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G83" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H83" s="24" t="s">
+        <v>370</v>
+      </c>
+      <c r="I83" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J83" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K83" s="24" t="s">
+        <v>425</v>
+      </c>
+      <c r="L83" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M83" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N83" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O83" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P83" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q83" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R83" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S83" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T83" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U83" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V83" s="24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="84" spans="1:26" ht="27" customHeight="1">
+      <c r="A84" s="23" t="s">
+        <v>426</v>
+      </c>
+      <c r="B84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E84" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H84" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I84" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J84" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K84" s="24" t="s">
+        <v>427</v>
+      </c>
+      <c r="L84" s="24">
+        <v>6</v>
+      </c>
+      <c r="M84" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N84" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="O84" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="P84" s="24" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R84" s="24" t="s">
+        <v>428</v>
+      </c>
+      <c r="S84" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T84" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U84" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V84" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W84" s="24"/>
+      <c r="X84" s="24"/>
+      <c r="Y84" s="24" t="s">
+        <v>429</v>
+      </c>
+      <c r="Z84" s="24" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="85" spans="1:26" ht="27" customHeight="1">
+      <c r="A85" s="23" t="s">
+        <v>431</v>
+      </c>
+      <c r="B85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E85" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H85" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I85" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J85" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="L85" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M85" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q85" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R85" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S85" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T85" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U85" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V85" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W85" s="21" t="s">
+        <v>432</v>
+      </c>
+      <c r="X85" s="24"/>
+    </row>
+    <row r="86" spans="1:26" ht="27" customHeight="1">
+      <c r="A86" s="23" t="s">
+        <v>433</v>
+      </c>
+      <c r="B86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E86" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H86" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I86" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J86" s="24" t="s">
+        <v>434</v>
+      </c>
+      <c r="K86" s="24"/>
+      <c r="L86" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M86" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N86" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q86" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R86" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S86" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T86" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U86" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V86" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W86" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X86" s="24"/>
+      <c r="Y86" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Z86" s="24" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="87" spans="1:26" ht="27" customHeight="1">
+      <c r="A87" s="23" t="s">
+        <v>436</v>
+      </c>
+      <c r="B87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D87" s="24"/>
+      <c r="E87" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F87" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H87" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I87" s="21" t="s">
+        <v>141</v>
+      </c>
+      <c r="J87" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K87" s="24" t="s">
+        <v>437</v>
+      </c>
+      <c r="L87" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M87" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q87" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R87" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S87" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T87" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U87" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V87" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W87" s="24"/>
+      <c r="X87" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="Y87" s="24" t="s">
         <v>144</v>
       </c>
-      <c r="Y8" s="25" t="s">
-[...19 lines deleted...]
-      <c r="E9" s="25" t="s">
+      <c r="Z87" s="24" t="s">
+        <v>438</v>
+      </c>
+    </row>
+    <row r="88" spans="1:26" ht="27" customHeight="1">
+      <c r="A88" s="23" t="s">
+        <v>439</v>
+      </c>
+      <c r="B88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D88" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="F9" s="25" t="s">
-[...17 lines deleted...]
-      <c r="L9" s="25">
+      <c r="E88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I88" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J88" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K88" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L88" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q88" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R88" s="24" t="s">
+        <v>440</v>
+      </c>
+      <c r="S88" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T88" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U88" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V88" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W88" s="24"/>
+      <c r="X88" s="24"/>
+      <c r="Y88" s="24" t="s">
+        <v>441</v>
+      </c>
+      <c r="Z88" s="24" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="89" spans="1:26" ht="27" customHeight="1">
+      <c r="A89" s="23" t="s">
+        <v>443</v>
+      </c>
+      <c r="B89" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="C89" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="D89" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E89" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F89" s="24" t="s">
+        <v>444</v>
+      </c>
+      <c r="G89" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H89" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K89" s="24"/>
+      <c r="L89" s="24" t="s">
+        <v>445</v>
+      </c>
+      <c r="M89" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N89" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O89" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P89" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q89" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U89" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V89" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W89" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="X89" s="24" t="s">
+        <v>446</v>
+      </c>
+      <c r="Y89" s="24" t="s">
+        <v>447</v>
+      </c>
+      <c r="Z89" s="24" t="s">
+        <v>448</v>
+      </c>
+    </row>
+    <row r="90" spans="1:26" ht="27" customHeight="1">
+      <c r="A90" s="23" t="s">
+        <v>449</v>
+      </c>
+      <c r="B90" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C90" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D90" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E90" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F90" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="G90" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="H90" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="I90" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J90" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K90" s="24" t="s">
+        <v>450</v>
+      </c>
+      <c r="L90" s="24">
         <v>6</v>
       </c>
-      <c r="M9" s="25" t="s">
-[...11 lines deleted...]
-      <c r="Q9" s="25" t="s">
+      <c r="M90" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="N90" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O90" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="P90" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="Q90" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="R90" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S90" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T90" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U90" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V90" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="X90" s="21" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="91" spans="1:26" ht="27" customHeight="1">
+      <c r="A91" s="23" t="s">
+        <v>452</v>
+      </c>
+      <c r="B91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F91" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K91" s="24"/>
+      <c r="L91" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V91" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W91" s="24"/>
+      <c r="X91" s="24"/>
+      <c r="Y91" s="24"/>
+      <c r="Z91" s="24"/>
+    </row>
+    <row r="92" spans="1:26" ht="27" customHeight="1">
+      <c r="A92" s="23" t="s">
+        <v>453</v>
+      </c>
+      <c r="B92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D92" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E92" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H92" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K92" s="24"/>
+      <c r="L92" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M92" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O92" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P92" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q92" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U92" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V92" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W92" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X92" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y92" s="24"/>
+      <c r="Z92" s="24"/>
+    </row>
+    <row r="93" spans="1:26" ht="27" customHeight="1">
+      <c r="A93" s="23" t="s">
+        <v>454</v>
+      </c>
+      <c r="B93" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C93" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D93" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E93" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F93" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G93" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H93" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I93" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J93" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="L93" s="24">
+        <v>6</v>
+      </c>
+      <c r="M93" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N93" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O93" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P93" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q93" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R93" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S93" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T93" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U93" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V93" s="24" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="94" spans="1:26" ht="27" customHeight="1">
+      <c r="A94" s="23" t="s">
+        <v>455</v>
+      </c>
+      <c r="B94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H94" s="24" t="s">
+        <v>456</v>
+      </c>
+      <c r="I94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K94" s="24"/>
+      <c r="L94" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V94" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X94" s="24"/>
+      <c r="Y94" s="24"/>
+      <c r="Z94" s="24"/>
+    </row>
+    <row r="95" spans="1:26" ht="27" customHeight="1">
+      <c r="A95" s="23" t="s">
+        <v>457</v>
+      </c>
+      <c r="B95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K95" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L95" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q95" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U95" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V95" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W95" s="24"/>
+      <c r="X95" s="24" t="s">
+        <v>458</v>
+      </c>
+      <c r="Y95" s="24"/>
+      <c r="Z95" s="24"/>
+    </row>
+    <row r="96" spans="1:26" ht="39" customHeight="1">
+      <c r="A96" s="23" t="s">
+        <v>459</v>
+      </c>
+      <c r="B96" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="C96" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="D96" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E96" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="F96" s="24" t="s">
+        <v>460</v>
+      </c>
+      <c r="G96" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H96" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K96" s="24"/>
+      <c r="L96" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M96" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N96" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O96" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P96" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q96" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U96" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V96" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W96" s="24"/>
+      <c r="X96" s="24"/>
+      <c r="Y96" s="24" t="s">
+        <v>461</v>
+      </c>
+      <c r="Z96" s="24" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="97" spans="1:26" ht="27" customHeight="1">
+      <c r="A97" s="23" t="s">
+        <v>463</v>
+      </c>
+      <c r="B97" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="C97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E97" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F97" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H97" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I97" s="23" t="s">
+        <v>261</v>
+      </c>
+      <c r="J97" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K97" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L97" s="21">
+        <v>6</v>
+      </c>
+      <c r="M97" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N97" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R97" s="24" t="s">
+        <v>465</v>
+      </c>
+      <c r="S97" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T97" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U97" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V97" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W97" s="24"/>
+      <c r="X97" s="24" t="s">
+        <v>466</v>
+      </c>
+      <c r="Y97" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="Z97" s="24" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="98" spans="1:26" ht="27" customHeight="1">
+      <c r="A98" s="23" t="s">
+        <v>469</v>
+      </c>
+      <c r="B98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E98" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H98" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K98" s="24"/>
+      <c r="L98" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M98" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O98" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P98" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q98" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U98" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V98" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W98" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X98" s="24"/>
+      <c r="Y98" s="24"/>
+      <c r="Z98" s="24"/>
+    </row>
+    <row r="99" spans="1:26" ht="27" customHeight="1">
+      <c r="A99" s="23" t="s">
+        <v>470</v>
+      </c>
+      <c r="B99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E99" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H99" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I99" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J99" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K99" s="24"/>
+      <c r="L99" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M99" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N99" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P99" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q99" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R99" s="23" t="s">
+        <v>471</v>
+      </c>
+      <c r="S99" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T99" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="U99" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V99" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W99" s="24"/>
+      <c r="X99" s="24"/>
+      <c r="Y99" s="24"/>
+      <c r="Z99" s="24"/>
+    </row>
+    <row r="100" spans="1:26" ht="56.45" customHeight="1">
+      <c r="A100" s="23" t="s">
+        <v>472</v>
+      </c>
+      <c r="B100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E100" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F100" s="24" t="s">
+        <v>473</v>
+      </c>
+      <c r="G100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H100" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I100" s="24" t="s">
+        <v>474</v>
+      </c>
+      <c r="J100" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K100" s="24" t="s">
+        <v>475</v>
+      </c>
+      <c r="L100" s="24">
+        <v>6</v>
+      </c>
+      <c r="M100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N100" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P100" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q100" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R100" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S100" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T100" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U100" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V100" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W100" s="24"/>
+      <c r="X100" s="24" t="s">
+        <v>476</v>
+      </c>
+      <c r="Y100" s="24" t="s">
+        <v>477</v>
+      </c>
+      <c r="Z100" s="24" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="101" spans="1:26" ht="27" customHeight="1">
+      <c r="A101" s="23" t="s">
+        <v>479</v>
+      </c>
+      <c r="B101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E101" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H101" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K101" s="24"/>
+      <c r="L101" s="24">
+        <v>6</v>
+      </c>
+      <c r="M101" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N101" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P101" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q101" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="R101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U101" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V101" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W101" s="24"/>
+      <c r="X101" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y101" s="24"/>
+      <c r="Z101" s="24"/>
+    </row>
+    <row r="102" spans="1:26" ht="65.45" customHeight="1">
+      <c r="A102" s="23" t="s">
+        <v>480</v>
+      </c>
+      <c r="B102" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="C102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E102" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G102" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H102" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I102" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J102" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K102" s="24" t="s">
+        <v>481</v>
+      </c>
+      <c r="L102" s="24">
+        <v>6</v>
+      </c>
+      <c r="M102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N102" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R102" s="24" t="s">
+        <v>482</v>
+      </c>
+      <c r="S102" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T102" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U102" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V102" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W102" s="24"/>
+      <c r="X102" s="24" t="s">
+        <v>483</v>
+      </c>
+      <c r="Y102" s="24" t="s">
+        <v>484</v>
+      </c>
+      <c r="Z102" s="24" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="103" spans="1:26" ht="27" customHeight="1">
+      <c r="A103" s="23" t="s">
+        <v>486</v>
+      </c>
+      <c r="B103" s="28" t="s">
+        <v>164</v>
+      </c>
+      <c r="C103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E103" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="F103" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H103" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I103" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J103" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K103" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="L103" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M103" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N103" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q103" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R103" s="24" t="s">
+        <v>488</v>
+      </c>
+      <c r="S103" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T103" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U103" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V103" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W103" s="24"/>
+      <c r="X103" s="24"/>
+      <c r="Y103" s="24" t="s">
+        <v>489</v>
+      </c>
+      <c r="Z103" s="24"/>
+    </row>
+    <row r="104" spans="1:26" ht="27" customHeight="1">
+      <c r="A104" s="23" t="s">
+        <v>490</v>
+      </c>
+      <c r="B104" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C104" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D104" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="E104" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="F104" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G104" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="H104" s="24" t="s">
+        <v>491</v>
+      </c>
+      <c r="I104" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J104" s="24" t="s">
+        <v>492</v>
+      </c>
+      <c r="K104" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L104" s="24" t="s">
+        <v>493</v>
+      </c>
+      <c r="M104" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="N104" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O104" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P104" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q104" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="R104" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S104" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T104" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="U104" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V104" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W104" s="24"/>
+      <c r="X104" s="24"/>
+      <c r="Y104" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Z104" s="24"/>
+    </row>
+    <row r="105" spans="1:26" ht="27" customHeight="1">
+      <c r="A105" s="23" t="s">
+        <v>494</v>
+      </c>
+      <c r="B105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E105" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H105" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K105" s="24"/>
+      <c r="L105" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M105" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N105" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O105" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P105" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q105" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U105" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V105" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W105" s="24"/>
+      <c r="X105" s="24"/>
+      <c r="Y105" s="24"/>
+      <c r="Z105" s="24"/>
+    </row>
+    <row r="106" spans="1:26" ht="60.75" customHeight="1">
+      <c r="A106" s="23" t="s">
+        <v>495</v>
+      </c>
+      <c r="B106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E106" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H106" s="24" t="s">
+        <v>496</v>
+      </c>
+      <c r="I106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K106" s="24" t="s">
+        <v>497</v>
+      </c>
+      <c r="L106" s="24">
+        <v>6</v>
+      </c>
+      <c r="M106" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N106" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O106" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P106" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q106" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="S106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="T106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="U106" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V106" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W106" s="24" t="s">
+        <v>498</v>
+      </c>
+      <c r="X106" s="24"/>
+      <c r="Y106" s="24" t="s">
+        <v>499</v>
+      </c>
+      <c r="Z106" s="24" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="107" spans="1:26" ht="27" customHeight="1">
+      <c r="A107" s="23" t="s">
+        <v>501</v>
+      </c>
+      <c r="B107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D107" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E107" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H107" s="24" t="s">
+        <v>502</v>
+      </c>
+      <c r="I107" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J107" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K107" s="24"/>
+      <c r="L107" s="24">
+        <v>6</v>
+      </c>
+      <c r="M107" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P107" s="24" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R107" s="24" t="s">
+        <v>504</v>
+      </c>
+      <c r="S107" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T107" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U107" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V107" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W107" s="24"/>
+      <c r="X107" s="24" t="s">
+        <v>419</v>
+      </c>
+      <c r="Y107" s="24" t="s">
+        <v>505</v>
+      </c>
+      <c r="Z107" s="24" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="108" spans="1:26" ht="27" customHeight="1">
+      <c r="A108" s="23" t="s">
+        <v>506</v>
+      </c>
+      <c r="B108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E108" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H108" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I108" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J108" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K108" s="24" t="s">
+        <v>507</v>
+      </c>
+      <c r="L108" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M108" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N108" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P108" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q108" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R108" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S108" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T108" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U108" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V108" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W108" s="24"/>
+      <c r="X108" s="24"/>
+      <c r="Y108" s="29" t="s">
+        <v>508</v>
+      </c>
+      <c r="Z108" s="24" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="109" spans="1:26" ht="27" customHeight="1">
+      <c r="A109" s="23" t="s">
+        <v>510</v>
+      </c>
+      <c r="B109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E109" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F109" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="I109" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J109" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K109" s="24"/>
+      <c r="L109" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M109" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N109" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O109" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P109" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q109" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R109" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S109" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T109" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U109" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V109" s="24" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="110" spans="1:26" ht="56.25" customHeight="1">
+      <c r="A110" s="23" t="s">
+        <v>511</v>
+      </c>
+      <c r="B110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D110" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="E110" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H110" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I110" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J110" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K110" s="24" t="s">
+        <v>512</v>
+      </c>
+      <c r="L110" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M110" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P110" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q110" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R110" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S110" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T110" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U110" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V110" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W110" s="24" t="s">
+        <v>432</v>
+      </c>
+      <c r="X110" s="24"/>
+      <c r="Y110" s="24" t="s">
+        <v>513</v>
+      </c>
+      <c r="Z110" s="24" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="111" spans="1:26" ht="27" customHeight="1">
+      <c r="A111" s="23" t="s">
+        <v>515</v>
+      </c>
+      <c r="B111" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C111" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D111" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E111" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F111" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G111" s="24" t="s">
+        <v>464</v>
+      </c>
+      <c r="H111" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I111" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J111" s="24" t="s">
+        <v>516</v>
+      </c>
+      <c r="K111" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="L111" s="24">
+        <v>6</v>
+      </c>
+      <c r="M111" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="N111" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O111" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P111" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q111" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R111" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S111" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T111" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U111" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V111" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W111" s="24"/>
+      <c r="X111" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="Y111" s="24"/>
+      <c r="Z111" s="24"/>
+    </row>
+    <row r="112" spans="1:26" ht="27" customHeight="1">
+      <c r="A112" s="23" t="s">
+        <v>517</v>
+      </c>
+      <c r="B112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I112" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J112" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K112" s="24" t="s">
+        <v>317</v>
+      </c>
+      <c r="L112" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P112" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R112" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S112" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T112" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U112" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V112" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W112" s="24"/>
+      <c r="X112" s="24"/>
+      <c r="Y112" s="24"/>
+      <c r="Z112" s="24"/>
+    </row>
+    <row r="113" spans="1:26" ht="27" customHeight="1">
+      <c r="A113" s="23" t="s">
+        <v>519</v>
+      </c>
+      <c r="B113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E113" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F113" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H113" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I113" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J113" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="K113" s="24" t="s">
+        <v>317</v>
+      </c>
+      <c r="L113" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M113" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N113" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P113" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q113" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R113" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S113" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T113" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U113" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V113" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W113" s="24"/>
+      <c r="X113" s="24"/>
+      <c r="Y113" s="24"/>
+      <c r="Z113" s="24"/>
+    </row>
+    <row r="114" spans="1:26" ht="27" customHeight="1">
+      <c r="A114" s="23" t="s">
+        <v>520</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I114" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J114" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K114" s="24" t="s">
+        <v>521</v>
+      </c>
+      <c r="L114" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P114" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q114" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R114" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S114" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T114" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U114" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V114" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W114" s="24"/>
+      <c r="X114" s="24"/>
+      <c r="Y114" s="24"/>
+      <c r="Z114" s="24"/>
+    </row>
+    <row r="115" spans="1:26" ht="27" customHeight="1">
+      <c r="A115" s="23" t="s">
+        <v>522</v>
+      </c>
+      <c r="B115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E115" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H115" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I115" s="24" t="s">
+        <v>523</v>
+      </c>
+      <c r="J115" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K115" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="L115" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M115" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N115" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q115" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R115" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S115" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T115" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U115" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V115" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W115" s="24"/>
+      <c r="X115" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="Y115" s="24" t="s">
+        <v>525</v>
+      </c>
+      <c r="Z115" s="24" t="s">
+        <v>526</v>
+      </c>
+    </row>
+    <row r="116" spans="1:26" ht="27" customHeight="1">
+      <c r="A116" s="23" t="s">
+        <v>527</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E116" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F116" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H116" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I116" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J116" s="24" t="s">
+        <v>528</v>
+      </c>
+      <c r="K116" s="24" t="s">
+        <v>529</v>
+      </c>
+      <c r="L116" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M116" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N116" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R116" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="S116" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T116" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U116" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V116" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W116" s="24"/>
+      <c r="X116" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="Y116" s="24" t="s">
+        <v>531</v>
+      </c>
+      <c r="Z116" s="24" t="s">
+        <v>532</v>
+      </c>
+    </row>
+    <row r="117" spans="1:26" ht="27" customHeight="1">
+      <c r="A117" s="23" t="s">
+        <v>533</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I117" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J117" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K117" s="24"/>
+      <c r="L117" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R117" s="24" t="s">
+        <v>185</v>
+      </c>
+      <c r="S117" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T117" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U117" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V117" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W117" s="24"/>
+      <c r="X117" s="24"/>
+      <c r="Y117" s="24"/>
+      <c r="Z117" s="24"/>
+    </row>
+    <row r="118" spans="1:26" ht="27" customHeight="1">
+      <c r="A118" s="23" t="s">
+        <v>534</v>
+      </c>
+      <c r="B118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E118" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H118" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I118" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J118" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K118" s="24" t="s">
+        <v>535</v>
+      </c>
+      <c r="L118" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M118" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N118" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P118" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q118" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R118" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S118" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T118" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U118" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V118" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W118" s="24"/>
+      <c r="X118" s="24"/>
+      <c r="Y118" s="24"/>
+      <c r="Z118" s="24"/>
+    </row>
+    <row r="119" spans="1:26" ht="27" customHeight="1">
+      <c r="A119" s="23" t="s">
+        <v>536</v>
+      </c>
+      <c r="B119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E119" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H119" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I119" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J119" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K119" s="24"/>
+      <c r="L119" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M119" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P119" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q119" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R119" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S119" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T119" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U119" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V119" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W119" s="24"/>
+      <c r="X119" s="24"/>
+      <c r="Y119" s="24"/>
+      <c r="Z119" s="24"/>
+    </row>
+    <row r="120" spans="1:26" ht="27" customHeight="1">
+      <c r="A120" s="23" t="s">
+        <v>537</v>
+      </c>
+      <c r="B120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="H120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I120" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J120" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K120" s="21" t="s">
+        <v>538</v>
+      </c>
+      <c r="L120" s="24" t="s">
+        <v>445</v>
+      </c>
+      <c r="M120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R120" s="33" t="s">
+        <v>539</v>
+      </c>
+      <c r="S120" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T120" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U120" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V120" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="Y120" s="21" t="s">
+        <v>540</v>
+      </c>
+    </row>
+    <row r="121" spans="1:26" ht="36">
+      <c r="A121" s="23" t="s">
+        <v>541</v>
+      </c>
+      <c r="B121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E121" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H121" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I121" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J121" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K121" s="24" t="s">
+        <v>542</v>
+      </c>
+      <c r="L121" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M121" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q121" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R121" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S121" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T121" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U121" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V121" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W121" s="24"/>
+      <c r="X121" s="24" t="s">
+        <v>543</v>
+      </c>
+      <c r="Y121" s="24"/>
+      <c r="Z121" s="24"/>
+    </row>
+    <row r="122" spans="1:26" ht="37.15" customHeight="1">
+      <c r="A122" s="23" t="s">
+        <v>544</v>
+      </c>
+      <c r="B122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C122" s="24" t="s">
+        <v>545</v>
+      </c>
+      <c r="D122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E122" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H122" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I122" s="24" t="s">
+        <v>546</v>
+      </c>
+      <c r="J122" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K122" s="24"/>
+      <c r="L122" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M122" s="24" t="s">
+        <v>177</v>
+      </c>
+      <c r="N122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O122" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P122" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q122" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R122" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S122" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T122" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U122" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V122" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W122" s="24"/>
+      <c r="X122" s="24"/>
+      <c r="Y122" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="Z122" s="24"/>
+    </row>
+    <row r="123" spans="1:26" ht="27" customHeight="1">
+      <c r="A123" s="23" t="s">
+        <v>547</v>
+      </c>
+      <c r="B123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E123" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F123" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H123" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I123" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J123" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K123" s="24" t="s">
+        <v>548</v>
+      </c>
+      <c r="L123" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M123" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N123" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P123" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q123" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R123" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S123" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T123" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U123" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V123" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W123" s="24"/>
+      <c r="X123" s="24"/>
+      <c r="Y123" s="24"/>
+      <c r="Z123" s="24"/>
+    </row>
+    <row r="124" spans="1:26" ht="27" customHeight="1">
+      <c r="A124" s="23" t="s">
+        <v>549</v>
+      </c>
+      <c r="B124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E124" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F124" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H124" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I124" s="24" t="s">
+        <v>550</v>
+      </c>
+      <c r="J124" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K124" s="24" t="s">
+        <v>524</v>
+      </c>
+      <c r="L124" s="24">
+        <v>6</v>
+      </c>
+      <c r="M124" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N124" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P124" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q124" s="24" t="s">
+        <v>191</v>
+      </c>
+      <c r="R124" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S124" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T124" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U124" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V124" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W124" s="24"/>
+      <c r="X124" s="24" t="s">
+        <v>551</v>
+      </c>
+      <c r="Y124" s="24"/>
+      <c r="Z124" s="24"/>
+    </row>
+    <row r="125" spans="1:26" ht="27" customHeight="1">
+      <c r="A125" s="23" t="s">
+        <v>552</v>
+      </c>
+      <c r="B125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E125" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F125" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H125" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I125" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J125" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K125" s="24" t="s">
+        <v>553</v>
+      </c>
+      <c r="L125" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M125" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N125" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q125" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R125" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S125" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T125" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U125" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V125" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W125" s="24"/>
+      <c r="Y125" s="24"/>
+      <c r="Z125" s="24"/>
+    </row>
+    <row r="126" spans="1:26" ht="27" customHeight="1">
+      <c r="A126" s="23" t="s">
+        <v>554</v>
+      </c>
+      <c r="B126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E126" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H126" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I126" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J126" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K126" s="24" t="s">
+        <v>555</v>
+      </c>
+      <c r="L126" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M126" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O126" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P126" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q126" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R126" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S126" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T126" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U126" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V126" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W126" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X126" s="24" t="s">
+        <v>556</v>
+      </c>
+      <c r="Y126" s="24" t="s">
+        <v>531</v>
+      </c>
+      <c r="Z126" s="24" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="127" spans="1:26" ht="93.75" customHeight="1">
+      <c r="A127" s="23" t="s">
+        <v>557</v>
+      </c>
+      <c r="B127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C127" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D127" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E127" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H127" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I127" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J127" s="24" t="s">
+        <v>558</v>
+      </c>
+      <c r="K127" s="24" t="s">
+        <v>559</v>
+      </c>
+      <c r="L127" s="24">
+        <v>6</v>
+      </c>
+      <c r="M127" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q127" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R127" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S127" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T127" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U127" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V127" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W127" s="24"/>
+      <c r="X127" s="24" t="s">
+        <v>352</v>
+      </c>
+      <c r="Y127" s="34" t="s">
+        <v>560</v>
+      </c>
+      <c r="Z127" s="24" t="s">
+        <v>561</v>
+      </c>
+    </row>
+    <row r="128" spans="1:26" ht="75" customHeight="1">
+      <c r="A128" s="23" t="s">
+        <v>562</v>
+      </c>
+      <c r="B128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E128" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F128" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H128" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I128" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J128" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K128" s="24"/>
+      <c r="L128" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M128" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N128" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q128" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R128" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S128" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T128" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U128" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V128" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W128" s="24"/>
+      <c r="X128" s="24" t="s">
+        <v>563</v>
+      </c>
+      <c r="Y128" s="24" t="s">
+        <v>564</v>
+      </c>
+      <c r="Z128" s="24" t="s">
+        <v>565</v>
+      </c>
+    </row>
+    <row r="129" spans="1:26" ht="48.75" customHeight="1">
+      <c r="A129" s="23" t="s">
+        <v>566</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E129" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H129" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I129" s="24" t="s">
+        <v>567</v>
+      </c>
+      <c r="J129" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K129" s="24" t="s">
+        <v>568</v>
+      </c>
+      <c r="L129" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M129" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N129" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P129" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q129" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R129" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S129" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T129" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U129" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V129" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W129" s="24"/>
+      <c r="X129" s="24"/>
+      <c r="Y129" s="24"/>
+      <c r="Z129" s="24"/>
+    </row>
+    <row r="130" spans="1:26" ht="27" customHeight="1">
+      <c r="A130" s="23" t="s">
+        <v>569</v>
+      </c>
+      <c r="B130" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="C130" s="24" t="s">
+        <v>245</v>
+      </c>
+      <c r="D130" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E130" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F130" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="G130" s="24" t="s">
+        <v>289</v>
+      </c>
+      <c r="H130" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="I130" s="24"/>
+      <c r="J130" s="24"/>
+      <c r="K130" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L130" s="24">
+        <v>6</v>
+      </c>
+      <c r="M130" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N130" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O130" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P130" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q130" s="24" t="s">
+        <v>347</v>
+      </c>
+      <c r="R130" s="33" t="s">
+        <v>337</v>
+      </c>
+      <c r="S130" s="33" t="s">
+        <v>148</v>
+      </c>
+      <c r="T130" s="33" t="s">
+        <v>164</v>
+      </c>
+      <c r="U130" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V130" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W130" s="24"/>
+      <c r="X130" s="24" t="s">
+        <v>570</v>
+      </c>
+      <c r="Y130" s="24"/>
+      <c r="Z130" s="24"/>
+    </row>
+    <row r="131" spans="1:26" ht="27" customHeight="1">
+      <c r="A131" s="23" t="s">
+        <v>571</v>
+      </c>
+      <c r="B131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E131" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F131" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H131" s="24" t="s">
+        <v>160</v>
+      </c>
+      <c r="I131" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J131" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K131" s="24" t="s">
+        <v>572</v>
+      </c>
+      <c r="L131" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M131" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N131" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P131" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q131" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R131" s="24" t="s">
+        <v>530</v>
+      </c>
+      <c r="S131" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T131" s="25" t="s">
+        <v>366</v>
+      </c>
+      <c r="U131" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V131" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W131" s="24"/>
+      <c r="X131" s="24"/>
+      <c r="Y131" s="24" t="s">
+        <v>573</v>
+      </c>
+      <c r="Z131" s="24" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="132" spans="1:26" ht="39.6" customHeight="1">
+      <c r="A132" s="23" t="s">
+        <v>575</v>
+      </c>
+      <c r="B132" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C132" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D132" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E132" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F132" s="24" t="s">
+        <v>576</v>
+      </c>
+      <c r="G132" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H132" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I132" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J132" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K132" s="24" t="s">
+        <v>577</v>
+      </c>
+      <c r="L132" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M132" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N132" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O132" s="24" t="s">
+        <v>578</v>
+      </c>
+      <c r="P132" s="24" t="s">
+        <v>503</v>
+      </c>
+      <c r="Q132" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R132" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S132" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T132" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U132" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V132" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W132" s="24"/>
+      <c r="X132" s="24" t="s">
+        <v>579</v>
+      </c>
+      <c r="Y132" s="24" t="s">
+        <v>580</v>
+      </c>
+      <c r="Z132" s="24" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="133" spans="1:26" ht="27" customHeight="1">
+      <c r="A133" s="23" t="s">
+        <v>582</v>
+      </c>
+      <c r="B133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E133" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H133" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I133" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J133" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K133" s="24" t="s">
+        <v>583</v>
+      </c>
+      <c r="L133" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M133" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N133" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R133" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S133" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T133" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U133" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V133" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="X133" s="24"/>
+      <c r="Y133" s="24" t="s">
+        <v>584</v>
+      </c>
+      <c r="Z133" s="24"/>
+    </row>
+    <row r="134" spans="1:26" ht="185.45" customHeight="1">
+      <c r="A134" s="23" t="s">
+        <v>585</v>
+      </c>
+      <c r="B134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E134" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H134" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I134" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J134" s="24" t="s">
+        <v>586</v>
+      </c>
+      <c r="K134" s="24" t="s">
+        <v>261</v>
+      </c>
+      <c r="L134" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M134" s="24" t="s">
+        <v>315</v>
+      </c>
+      <c r="N134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O134" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="P134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q134" s="24" t="s">
+        <v>587</v>
+      </c>
+      <c r="R134" s="24" t="s">
         <v>153</v>
       </c>
-      <c r="R9" s="25" t="s">
-[...57 lines deleted...]
-      <c r="L10" s="25">
+      <c r="S134" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T134" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U134" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V134" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W134" s="24" t="s">
+        <v>230</v>
+      </c>
+      <c r="X134" s="24" t="s">
+        <v>588</v>
+      </c>
+      <c r="Y134" s="24" t="s">
+        <v>589</v>
+      </c>
+      <c r="Z134" s="24" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="135" spans="1:26" ht="144">
+      <c r="A135" s="23" t="s">
+        <v>590</v>
+      </c>
+      <c r="B135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E135" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G135" s="24" t="s">
+        <v>591</v>
+      </c>
+      <c r="H135" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I135" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J135" s="24" t="s">
+        <v>592</v>
+      </c>
+      <c r="K135" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="L135" s="24">
         <v>6</v>
       </c>
-      <c r="M10" s="25" t="s">
-[...72 lines deleted...]
-      <c r="L11" s="25">
+      <c r="M135" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N135" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q135" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R135" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S135" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T135" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U135" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V135" s="24" t="s">
+        <v>129</v>
+      </c>
+      <c r="W135" s="24" t="s">
+        <v>432</v>
+      </c>
+      <c r="X135" s="24"/>
+      <c r="Y135" s="24"/>
+      <c r="Z135" s="24"/>
+    </row>
+    <row r="136" spans="1:26" ht="108">
+      <c r="A136" s="23" t="s">
+        <v>593</v>
+      </c>
+      <c r="B136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E136" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F136" s="24" t="s">
+        <v>594</v>
+      </c>
+      <c r="G136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H136" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I136" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J136" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K136" s="24" t="s">
+        <v>595</v>
+      </c>
+      <c r="L136" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M136" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N136" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P136" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q136" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R136" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S136" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T136" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U136" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V136" s="24" t="s">
+        <v>596</v>
+      </c>
+      <c r="W136" s="24"/>
+      <c r="X136" s="24"/>
+      <c r="Y136" s="24"/>
+      <c r="Z136" s="24"/>
+    </row>
+    <row r="137" spans="1:26" ht="27" customHeight="1">
+      <c r="A137" s="23" t="s">
+        <v>597</v>
+      </c>
+      <c r="B137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E137" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H137" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I137" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J137" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K137" s="24" t="s">
+        <v>598</v>
+      </c>
+      <c r="L137" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M137" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N137" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O137" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="P137" s="24" t="s">
+        <v>178</v>
+      </c>
+      <c r="Q137" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R137" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S137" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T137" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U137" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V137" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W137" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="X137" s="24"/>
+      <c r="Y137" s="24" t="s">
+        <v>310</v>
+      </c>
+      <c r="Z137" s="24"/>
+    </row>
+    <row r="138" spans="1:26" ht="27" customHeight="1">
+      <c r="A138" s="23" t="s">
+        <v>599</v>
+      </c>
+      <c r="B138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D138" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="E138" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G138" s="24" t="s">
+        <v>600</v>
+      </c>
+      <c r="H138" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="I138" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J138" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K138" s="24" t="s">
+        <v>601</v>
+      </c>
+      <c r="L138" s="24">
         <v>6</v>
       </c>
-      <c r="M11" s="25" t="s">
-[...39 lines deleted...]
-      <c r="A12" s="24" t="s">
+      <c r="M138" s="24" t="s">
+        <v>398</v>
+      </c>
+      <c r="N138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q138" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R138" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S138" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T138" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U138" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V138" s="24" t="s">
+        <v>602</v>
+      </c>
+      <c r="W138" s="24"/>
+      <c r="X138" s="24" t="s">
+        <v>603</v>
+      </c>
+      <c r="Y138" s="24" t="s">
+        <v>604</v>
+      </c>
+      <c r="Z138" s="24" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="139" spans="1:26" ht="27" customHeight="1">
+      <c r="A139" s="23" t="s">
+        <v>606</v>
+      </c>
+      <c r="B139" s="24" t="s">
         <v>164</v>
       </c>
-      <c r="B12" s="25" t="s">
-[...528 lines deleted...]
-      <c r="E19" s="25" t="s">
+      <c r="C139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E139" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H139" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I139" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J139" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K139" s="24" t="s">
+        <v>607</v>
+      </c>
+      <c r="L139" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M139" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N139" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O139" s="24" t="s">
+        <v>304</v>
+      </c>
+      <c r="P139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R139" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S139" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T139" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="U139" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="V139" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W139" s="24"/>
+      <c r="X139" s="24"/>
+      <c r="Y139" s="24"/>
+      <c r="Z139" s="24"/>
+    </row>
+    <row r="140" spans="1:26" ht="150.6" customHeight="1">
+      <c r="A140" s="23" t="s">
+        <v>608</v>
+      </c>
+      <c r="B140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="C140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="D140" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F140" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G140" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I140" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J140" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K140" s="24" t="s">
+        <v>609</v>
+      </c>
+      <c r="L140" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N140" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O140" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P140" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q140" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R140" s="33" t="s">
+        <v>233</v>
+      </c>
+      <c r="S140" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T140" s="33" t="s">
+        <v>164</v>
+      </c>
+      <c r="U140" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V140" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W140" s="24"/>
+      <c r="X140" s="24" t="s">
+        <v>610</v>
+      </c>
+      <c r="Y140" s="24" t="s">
+        <v>611</v>
+      </c>
+      <c r="Z140" s="24"/>
+    </row>
+    <row r="141" spans="1:26" ht="181.9" customHeight="1">
+      <c r="A141" s="23" t="s">
+        <v>612</v>
+      </c>
+      <c r="B141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E141" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H141" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I141" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J141" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K141" s="24" t="s">
+        <v>613</v>
+      </c>
+      <c r="L141" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="M141" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="N141" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q141" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R141" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="S141" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="F19" s="25" t="s">
-[...123 lines deleted...]
-      <c r="V20" s="25" t="s">
+      <c r="T141" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="U141" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V141" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W141" s="24"/>
+      <c r="X141" s="24" t="s">
+        <v>614</v>
+      </c>
+      <c r="Y141" s="24" t="s">
+        <v>615</v>
+      </c>
+      <c r="Z141" s="24" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="142" spans="1:26" ht="33" customHeight="1">
+      <c r="A142" s="23" t="s">
+        <v>617</v>
+      </c>
+      <c r="B142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E142" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F142" s="24" t="s">
+        <v>148</v>
+      </c>
+      <c r="G142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H142" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="I142" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="J142" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K142" s="24" t="s">
+        <v>618</v>
+      </c>
+      <c r="L142" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="W20" s="25"/>
-[...1324 lines deleted...]
-      <c r="V38" s="25" t="s">
+      <c r="M142" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N142" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P142" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q142" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="R142" s="24" t="s">
+        <v>619</v>
+      </c>
+      <c r="S142" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T142" s="24" t="s">
+        <v>164</v>
+      </c>
+      <c r="U142" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V142" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W142" s="24"/>
+      <c r="X142" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y142" s="24" t="s">
+        <v>620</v>
+      </c>
+      <c r="Z142" s="24" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="143" spans="1:26" ht="27" customHeight="1">
+      <c r="A143" s="23" t="s">
+        <v>622</v>
+      </c>
+      <c r="B143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E143" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F143" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H143" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="I143" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J143" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K143" s="24"/>
+      <c r="L143" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="W38" s="25"/>
-[...74 lines deleted...]
-      <c r="X39" s="19" t="s">
+      <c r="M143" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N143" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q143" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R143" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S143" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T143" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U143" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V143" s="24" t="s">
+        <v>139</v>
+      </c>
+      <c r="W143" s="24"/>
+      <c r="X143" s="24" t="s">
+        <v>623</v>
+      </c>
+      <c r="Y143" s="24"/>
+      <c r="Z143" s="24"/>
+    </row>
+    <row r="144" spans="1:26" ht="27" customHeight="1">
+      <c r="A144" s="23" t="s">
+        <v>624</v>
+      </c>
+      <c r="B144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="C144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="D144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="E144" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="F144" s="24" t="s">
+        <v>135</v>
+      </c>
+      <c r="G144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="H144" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="I144" s="24" t="s">
+        <v>518</v>
+      </c>
+      <c r="J144" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="K144" s="24" t="s">
         <v>625</v>
       </c>
-      <c r="Y39" s="19" t="s">
-[...504 lines deleted...]
-      <c r="V46" s="25" t="s">
+      <c r="L144" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="W46" s="25" t="s">
-[...374 lines deleted...]
-      <c r="X51" s="37" t="s">
+      <c r="M144" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="N144" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="O144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="P144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="Q144" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R144" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="S144" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="T144" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="U144" s="33" t="s">
+        <v>127</v>
+      </c>
+      <c r="V144" s="24" t="s">
+        <v>487</v>
+      </c>
+      <c r="W144" s="24"/>
+      <c r="X144" s="24" t="s">
+        <v>467</v>
+      </c>
+      <c r="Y144" s="24" t="s">
+        <v>626</v>
+      </c>
+      <c r="Z144" s="24"/>
+    </row>
+    <row r="146" spans="1:1" ht="22.15" customHeight="1">
+      <c r="A146" s="20" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="147" spans="1:1" s="20" customFormat="1" ht="22.15" customHeight="1">
+      <c r="A147" s="20" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="148" spans="1:1" ht="22.15" customHeight="1">
+      <c r="A148" s="20" t="s">
         <v>629</v>
-      </c>
-[...6875 lines deleted...]
-        <v>624</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <autoFilter ref="A4:Z144" xr:uid="{25AEBF41-C422-46E5-800E-DB9B55140446}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A6:Z144">
       <sortCondition ref="A4:A144"/>
     </sortState>
   </autoFilter>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:XFC148">
     <sortCondition ref="A9:A148"/>
   </sortState>
   <mergeCells count="17">
     <mergeCell ref="X3:Y3"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="V3:V4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="N3:Q3"/>
     <mergeCell ref="R3:U3"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="W3:W4"/>
     <mergeCell ref="A3:A4"/>
@@ -18476,72 +18452,52 @@
     <mergeCell ref="D3:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0b3e579-6294-4a3c-8ce7-976f8056e785" xmlns:ns3="38e74670-9471-4468-836d-18629fb1129a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7560cc2913ef140c96aa7c9402da63a4" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B47287F3A1B1E4AB534A6E215B59B40" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9147a9e99148ced0d436fb619c94a851">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0b3e579-6294-4a3c-8ce7-976f8056e785" xmlns:ns3="38e74670-9471-4468-836d-18629fb1129a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6990c29eb0f38d0b172acf6d23c7469e" ns2:_="" ns3:_="">
     <xsd:import namespace="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <xsd:import namespace="38e74670-9471-4468-836d-18629fb1129a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
@@ -18718,84 +18674,104 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="38e74670-9471-4468-836d-18629fb1129a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0b3e579-6294-4a3c-8ce7-976f8056e785">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9BF4DE20-E653-463D-8B02-EC0EBDC82D65}">
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B308BBAF-0F30-45E4-B8FB-0C7BB28E90A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51443696-2C98-4A4E-9B60-B1A7C971A382}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
+    <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{277CCF98-14E6-4509-8967-1FF4AD68A4DE}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>