--- v1 (2025-12-04)
+++ v2 (2026-01-19)
@@ -13,67 +13,67 @@
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/embeddings/oleObject1.bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/threadedComments/threadedComment1.xml" ContentType="application/vnd.ms-excel.threadedcomments+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mydocs.msc.com/personal/carlo_ma_msc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="43" documentId="13_ncr:1_{A1549020-F33A-4E24-89CD-0ACF3252959A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{C8DB8BF2-A58F-4A41-ACB1-FCD7B96254F5}"/>
+  <xr:revisionPtr revIDLastSave="121" documentId="13_ncr:1_{A1549020-F33A-4E24-89CD-0ACF3252959A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{AC1F48C6-0226-42DD-A393-1043C06F2ED8}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" firstSheet="1" activeTab="1" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="总述" sheetId="3" r:id="rId1"/>
     <sheet name="各国家要求" sheetId="1" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">各国家要求!$A$4:$Z$144</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">各国家要求!$A$1:$Z$1</definedName>
   </definedNames>
   <calcPr calcId="191028"/>
   <fileRecoveryPr autoRecover="0"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/comments1.xml><?xml version="1.0" encoding="utf-8"?>
 <comments xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="xr">
   <authors>
@@ -1239,50 +1239,596 @@
       </text>
     </comment>
     <comment ref="K57" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00003B000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">SOLID PLASTIC WASTE “ is prohibited 塑料废品不接
 牛奶及牛奶制品(包括巧克力及巧克力制品，糖果/糕饼/含有牛奶的食物制品或含有牛奶固体成份的制品)，此禁令将执行至2019 年4 月23 号.
 坚果类；
 动物脂肪，皮，骨，角，象牙，鲸须，食用动物源性产品;
 化纤破布；
 机动车辆；
 槟榔；
 私人物品与家庭用品；
 苹果不接（如用冷冻箱运至Nhava Sheva则可以接受，其他方式和港口均不行）
 </t>
         </r>
       </text>
     </comment>
+    <comment ref="K58" authorId="0" shapeId="0" xr:uid="{E083AB0E-86C8-4BA9-B01F-5956F00F8CDC}">
+      <text>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">Banned Commodity with HS Code
+Sugar 
+1701, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">1701.12, 1701.13, 1701.14, 1701.99, 1701.91
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Rice 
+1006, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">1006.30, 1006.40
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Substances that destroy the ozone layer 
+2903, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2903.14, 2903.19, 2903.73, 2903.76, 2903.77</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">  ，3827, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">3827.11
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Used bags, sacks, and clothing 
+6305, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>6305.10</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>, 6309
+Fire extinguishing cooling system-based goods 
+8424,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> 8424.10
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Cooling system-based goods other than fire extinguishers 
+8415, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8415.20, 8415.81, 8415.82, 8415.83，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">8418, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8418.10, 8418.50, 8418.69，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">8476, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8476.21, 8476.81，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8609  
+Cooling system-based electronics 
+8415,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> 8415.10，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8418,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> 8418.10, 8418.21, 8418.29, 8418.30, 8418.40, 8418.50
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Certain medicinal and food ingredients 
+2903,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> 2903.81</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>，2921,</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve"> 2921.49 </t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">，2924, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">2924.19
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Hazardous and toxic materials 
+2903, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2903.82, 2903.83, 2903.89, 2903.92, 2903.99，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">2910, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2910.40, 2910.50</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+3808, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>3808.52, 3808.59，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">3824, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">3824.82, 3824.84, 3824.86
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Registered hazardous and toxic waste and non-hazardous and toxic waste 
+2620, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2620.21, 2620.29, 2620.30, 2620.40, 2620.60, 2620.91, 2620.99，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">2621, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2621.10, 2621.90</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+2710, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>2710.91, 2710.99，</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">3006, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>3006.92</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+3825, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>3825.10, 3825.20, 3825.30, 3825.41, 3825.49, 3825.50, 3825.61, 3825.69, 3825.90</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+7802，8549, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">8549.11, 8549.12, 8549.13, 8549.14, 8549.19
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Finished hand tools 
+8201, </t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t>8201.10, 8201.30, 8201.40, 8201.60, 8201.90</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+Medical devices containing mercury 
+</t>
+        </r>
+        <r>
+          <rPr>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">2853.90，9018.90，9025.11
+</t>
+        </r>
+        <r>
+          <rPr>
+            <b/>
+            <sz val="9"/>
+            <color indexed="81"/>
+            <rFont val="Tahoma"/>
+            <family val="2"/>
+          </rPr>
+          <t xml:space="preserve">
+                  </t>
+        </r>
+      </text>
+    </comment>
     <comment ref="X58" authorId="1" shapeId="0" xr:uid="{00000000-0006-0000-0100-00003E000000}">
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>车辆需要显示车辆的地盘号和发动机号；
 食品和饮料需提供具体品名</t>
         </r>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 拼票不接</t>
         </r>
       </text>
     </comment>
@@ -4037,59 +4583,56 @@
       <text>
         <r>
           <rPr>
             <b/>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>显示完整的Shipper；
 到Harare的货物--需确保会在货物到港前提供装箱单及发票给当地CSR，并注意以下5个要求：
 Please refer to below request and ensure to pass to shipper, any question, please feel free to contact local CS Team who is in copy as well.
 1. All the items listed on packing list and invoice must be in strict conformity with that of OB/L  like shpr, cnee’s name, gross weight, measurement etc.
 2. HS Code of each item, origin of commodity,  consignee’s detailed information( Physical address is requested and PO BOX Address is prohibited)  must be listed on packing list 
 3. Each container is in correspondence to 1 set of packing list and invoice. 
 4. Packing List and invoice must be drafted on the paper with shpr’s letter-head
 5. Packing List and invoice must be clear to be ascertained</t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3332" uniqueCount="632">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3335" uniqueCount="634">
   <si>
     <t>操 作 指 南</t>
   </si>
   <si>
     <t>MSC订舱及文件相关要求 (适用于所有航线）</t>
-  </si>
-[...1 lines deleted...]
-    <t>更新日期：2025.12.2</t>
   </si>
   <si>
     <t>*非危化工品</t>
   </si>
   <si>
     <t>需提供化工研究院出具的“货物运输条件鉴定书”扫描件，即相同的英文品名在鉴定书有效期内则不需再次提供鉴定书。</t>
   </si>
   <si>
     <t>*监装保函</t>
   </si>
   <si>
     <t>包括但不限于不锈钢卷、镀锌钢卷，彩涂卷，不锈钢带等货物的订舱。可先提供照片，由booking team甄别，如需监装，请将“要求监装保函”盖章后发扫描件至我司。</t>
   </si>
   <si>
     <t>*危险品保函以及相关申请材料</t>
   </si>
   <si>
     <t>请将相关材料送至我司DG TEAM。</t>
   </si>
   <si>
     <t>*特种箱申请保函(邮件)</t>
   </si>
   <si>
     <t>适用于特种箱(开顶箱,冷箱,TANK箱,框架箱等)的订舱，请以邮件形式向相关航线Sales/Trade team申请。</t>
   </si>
@@ -4658,50 +5201,57 @@
 7 Dried fruits with or without cockles, peanuts.
 8 Fruits juice
 9 Mix of juices
 10 Waters, including mineral waters and carbonated waters;
 11 Corn sweet
 12 Jams and marmalades
 13 Chocolate in Tablet, not filled
 14 Rusks with added sweeteners, waffles and wafers.
 15 Chocolate and other food preparations containing cocoa
 16 Canned goods
 E)INDUSTRIAL PRODUCTS :
 1 Taps products
 2 Electric transformers
 3 finished marble
 4 finished granite
 5 Red Products (Bricks and Tiles)
 6 Carpets
 7 Finished plastic products (Plastic Goods)
 8 Furniture and Chandeliers</t>
   </si>
   <si>
     <t>TAX=NIF
 (personal Effects, public institutions除外）</t>
   </si>
   <si>
+    <t xml:space="preserve">旧衣物：需要提供 fumigation 证书。 
+新汽车：
+1）需提供该车辆的商业发票证明。
+2）需提供汽车制造商的合格证书。
+3）从购买之日到装运日不超过30天，行驶里程不超过1000公里。                                 </t>
+  </si>
+  <si>
     <t>Angola</t>
   </si>
   <si>
     <t>需要确认</t>
   </si>
   <si>
     <t>右驾驶的车等...</t>
   </si>
   <si>
     <t xml:space="preserve">1)ARC                       2)Tax of CNEE </t>
   </si>
   <si>
     <t>(详见)</t>
   </si>
   <si>
     <t>CY-CY</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t xml:space="preserve">空箱
 </t>
   </si>
   <si>
@@ -4998,60 +5548,63 @@
     <t>禁运物品详见：</t>
   </si>
   <si>
     <t>不接受二手货物</t>
   </si>
   <si>
     <t>Cameroon</t>
   </si>
   <si>
     <t>不接受笼统的品名，如：</t>
   </si>
   <si>
     <t xml:space="preserve">需提供详细的品名。
 </t>
   </si>
   <si>
     <t>品名若含有vehicle，要求详见备注：</t>
   </si>
   <si>
     <t>Canada</t>
   </si>
   <si>
     <t>No(但是…</t>
   </si>
   <si>
-    <t>Pallets  flexbag</t>
+    <t xml:space="preserve">Pallets  </t>
   </si>
   <si>
     <t>40DV(温哥华可接)</t>
   </si>
   <si>
     <t>加拿大内陆点金属卷包括承重金属单件超过3500磅</t>
   </si>
   <si>
     <t>GTS (CNEE 为非加大拿公司需提供并显示</t>
+  </si>
+  <si>
+    <t>液袋包装货物运输到加拿大内陆点，需要CNRAIL 事先确认</t>
   </si>
   <si>
     <t>当出运货为Personal Effects and Household Goods,必需指定一个当地代理公司作为清关</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>Yes (except TO ORDER/TO ORDER of bank)</t>
   </si>
   <si>
     <t>Yes (except CNEE only is FFW)</t>
   </si>
   <si>
     <t xml:space="preserve">Yes </t>
   </si>
   <si>
     <t>详见：…</t>
   </si>
   <si>
     <t>二手汽车/摩托车/废旧轮胎
 ； 石棉；对动植物/农业/人类…</t>
@@ -5333,53 +5886,50 @@
     <t>旧轮胎和橡胶碎片</t>
   </si>
   <si>
     <t>必须显示具体的英文品名</t>
   </si>
   <si>
     <t>"General cargo"不接受. 只接受英文提单和舱单</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t xml:space="preserve">去Puerto Barrios 订舱前需要销售确认，我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
   </si>
   <si>
     <t xml:space="preserve">我司不接受任何需要从POD: PUERTO QUETZAL转运到其他中美洲国家的货物，无论是我司转运还是货方转运。 </t>
   </si>
   <si>
     <t>Guinea</t>
   </si>
   <si>
     <t>废旧物品/材料,旧的交通工具</t>
   </si>
   <si>
     <t>ICTN/BESE 详见。。。</t>
-  </si>
-[...1 lines deleted...]
-    <t>车辆货物要求详见。。。</t>
   </si>
   <si>
     <t>Guinea-Bissau</t>
   </si>
   <si>
     <t>CEE</t>
   </si>
   <si>
     <t>Yes (除…)</t>
   </si>
   <si>
     <t>CTN (Cargo Tracking Note) BY SHR</t>
   </si>
   <si>
     <t>到付货不接受(包括DTHC),如第三地付需要第三地的确认</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>旧轮胎和橡胶</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
@@ -6372,84 +6922,88 @@
   <si>
     <t>Zambia</t>
   </si>
   <si>
     <t>显示完整的Shipper;需以邮件形式….</t>
   </si>
   <si>
     <t>Zimbabwe</t>
   </si>
   <si>
     <t>车龄超过5年的旧车；任何左驾驶的车辆；</t>
   </si>
   <si>
     <t xml:space="preserve">coc number(CERTIFICATE OF CONFORMITY) of CARGO </t>
   </si>
   <si>
     <t>*上述所有信息仅作参考，提单显示所有解释权归MSC所有。</t>
   </si>
   <si>
     <t>* 所有港口禁运物品及动植物检验同时受其中转港要求的约束。</t>
   </si>
   <si>
     <t>* 表格中有注解栏的请点击                                     查询其具体内容。</t>
   </si>
   <si>
-    <r>
-[...6 lines deleted...]
-      <t xml:space="preserve">如涉及货代单(HBL)的拼箱货，提单上需显示货代提单单号及HBL发货人公司名，HBL收货人公司名、地址及税号，品名，海关编码，件数，毛重等信息；多个HS code, 且前 6 位不同，需分列品名件毛体。
+    <t>如涉及货代单(HBL)的拼箱货，提单上需显示货代提单单号及HBL发货人公司名，HBL收货人公司名、地址及税号，品名，海关编码，件数，毛重等信息；多个HS code, 且前 6 位不同，需分列品名件毛体。
 如不涉及货代单(HBL)的拼箱货, 每个集装箱也需提供至少一个6位数HS code，但无需分列。
-</t>
-    </r>
+车辆货物需提供车架号，制造商，型号等信息，具体详见。。。</t>
+  </si>
+  <si>
+    <t>个人不能作为通知人</t>
+  </si>
+  <si>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
+        <family val="2"/>
         <scheme val="minor"/>
       </rPr>
-      <t>车辆货物需提供车架号，制造商，型号等信息，具体详见。。。</t>
+      <t xml:space="preserve">个人不能作为通知人 </t>
     </r>
-  </si>
-[...5 lines deleted...]
-3）从购买之日到装运日不超过30天，行驶里程不超过1000公里。                                 </t>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color theme="1"/>
+        <rFont val="Calibri"/>
+        <family val="2"/>
+        <scheme val="minor"/>
+      </rPr>
+      <t xml:space="preserve">                         车辆货物要求详见。。。</t>
+    </r>
+  </si>
+  <si>
+    <t>更新日期：2026.1.13</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="32">
+  <fonts count="33">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="宋体"/>
     </font>
     <font>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color indexed="81"/>
       <name val="Tahoma"/>
       <family val="2"/>
     </font>
     <font>
@@ -6636,50 +7190,57 @@
     <font>
       <b/>
       <strike/>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FFFF0000"/>
       <name val="Calibri"/>
+      <family val="2"/>
+      <scheme val="minor"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="4">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
@@ -6709,51 +7270,51 @@
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
@@ -6797,63 +7358,72 @@
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" quotePrefix="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="25" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="31" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="30" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="32" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="常规_Sheet1" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFFCC"/>
       <color rgb="FFCCECFF"/>
       <color rgb="FF333399"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
@@ -7303,11199 +7873,11212 @@
   <threadedComment ref="P90" dT="2019-09-30T09:24:29.84" personId="{59F2D44E-5AE3-4657-8D0B-85E5484FAC63}" id="{2E6B6798-15FE-4C2B-A64D-80BD59481E6C}" parentId="{1B4279D4-9148-449E-8C00-456279C0DBC5}">
     <text>Consignee field must be “Actual Party Address” which mean that party should be cargo clearing address not freight forwarding</text>
   </threadedComment>
   <threadedComment ref="F96" dT="2021-03-12T07:18:53.20" personId="{F794CFD3-11B8-4B1D-8D91-C9BD940D041D}" id="{19C03B3F-A82E-46F5-84EC-C3412ECA177F}">
     <text>如下所列品名需要做到付确认
 rice/Beans/construction materials</text>
   </threadedComment>
   <threadedComment ref="H130" dT="2023-05-24T09:12:41.52" personId="{5A6F51DA-5FAD-4D6D-B7EE-019127C2BA09}" id="{8223F0DC-09D2-4D48-A48E-706D8011DD8C}">
     <text xml:space="preserve">FORBIDDEN PACKAGES IN TIMOR LESTE SUCH AS AS RADIOACTIVE, AMMUNITION AND EXPLOSIVE MUST GET AUTHORIZATION FROM AUTHORITY BEFORE IT IS IMPORTED OR CONSIGNEE MUST HAVE IMPORT LICENSE TO IMPORT IT INTO TIMOR LESTE </text>
   </threadedComment>
 </ThreadedComments>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.emf"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing2.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId5" Type="http://schemas.microsoft.com/office/2017/10/relationships/threadedComment" Target="../threadedComments/threadedComment1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:R111"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="A17" sqref="A17"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="E16" sqref="E16"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="188.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:18" ht="61.5">
       <c r="A1" s="9" t="s">
         <v>0</v>
       </c>
       <c r="I1" s="1"/>
     </row>
     <row r="2" spans="1:18" ht="21">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="10"/>
       <c r="C2" s="10"/>
       <c r="D2" s="10"/>
       <c r="E2" s="10"/>
       <c r="F2" s="10"/>
       <c r="G2" s="10"/>
       <c r="H2" s="10"/>
       <c r="I2" s="10"/>
       <c r="J2" s="10"/>
       <c r="K2" s="10"/>
       <c r="L2" s="10"/>
       <c r="M2" s="10"/>
       <c r="N2" s="10"/>
       <c r="O2" s="10"/>
       <c r="P2" s="10"/>
       <c r="Q2" s="10"/>
       <c r="R2" s="10"/>
     </row>
     <row r="3" spans="1:18">
       <c r="A3" s="18" t="s">
-        <v>2</v>
+        <v>633</v>
       </c>
     </row>
     <row r="4" spans="1:18" ht="16.149999999999999" customHeight="1">
       <c r="A4" s="6" t="s">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5" spans="1:18">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:18">
       <c r="A6" s="3"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="6" t="s">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:18">
       <c r="A8" t="s">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:18">
       <c r="A10" s="7" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
     </row>
     <row r="11" spans="1:18">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:18">
       <c r="A13" s="7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:18">
       <c r="A14" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
     </row>
     <row r="16" spans="1:18">
       <c r="A16" s="7" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:1">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:1">
       <c r="A19" s="7" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
     </row>
     <row r="20" spans="1:1">
       <c r="A20" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:1">
       <c r="A22" s="7" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:1">
       <c r="A23" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
     </row>
     <row r="25" spans="1:1">
       <c r="A25" s="7" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
     </row>
     <row r="26" spans="1:1">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:1">
       <c r="A27" s="12"/>
     </row>
     <row r="28" spans="1:1">
       <c r="A28" s="7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
     </row>
     <row r="29" spans="1:1">
       <c r="A29" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
     </row>
     <row r="31" spans="1:1">
       <c r="A31" s="7" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
     </row>
     <row r="32" spans="1:1">
       <c r="A32" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
     </row>
     <row r="34" spans="1:1">
       <c r="A34" s="7" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:1" s="17" customFormat="1">
       <c r="A35" s="17" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
     </row>
     <row r="36" spans="1:1" ht="16.5">
       <c r="A36" s="14" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:1" ht="16.5">
       <c r="A37" s="14" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
     </row>
     <row r="38" spans="1:1">
       <c r="A38" s="4" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
     </row>
     <row r="39" spans="1:1">
       <c r="A39" s="14" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
     </row>
     <row r="40" spans="1:1">
       <c r="A40" s="14" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
     </row>
     <row r="41" spans="1:1">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
     </row>
     <row r="42" spans="1:1">
       <c r="A42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
     </row>
     <row r="43" spans="1:1">
       <c r="A43" s="2"/>
     </row>
     <row r="44" spans="1:1">
       <c r="A44" s="7" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
     </row>
     <row r="45" spans="1:1">
       <c r="A45" s="4"/>
     </row>
     <row r="46" spans="1:1">
       <c r="A46" s="7" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:1">
       <c r="A47" s="12" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
     </row>
     <row r="48" spans="1:1">
       <c r="A48" s="12" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:1">
       <c r="A49" s="12" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
     </row>
     <row r="50" spans="1:1">
       <c r="A50" s="12" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
     </row>
     <row r="51" spans="1:1">
       <c r="A51" s="12" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
     </row>
     <row r="52" spans="1:1">
       <c r="A52" s="12" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
     </row>
     <row r="53" spans="1:1">
       <c r="A53" s="12" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
     </row>
     <row r="54" spans="1:1">
       <c r="A54" s="12" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
     </row>
     <row r="55" spans="1:1">
       <c r="A55" s="12" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
     </row>
     <row r="56" spans="1:1">
       <c r="A56" s="12" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="57" spans="1:1">
       <c r="A57" s="13" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
     </row>
     <row r="58" spans="1:1">
       <c r="A58" s="13" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
     </row>
     <row r="59" spans="1:1">
       <c r="A59" s="12" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
     </row>
     <row r="60" spans="1:1">
       <c r="A60" s="13" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
     </row>
     <row r="61" spans="1:1">
       <c r="A61" s="13" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
     </row>
     <row r="63" spans="1:1">
       <c r="A63" s="7" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:1">
       <c r="A64" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
     </row>
     <row r="65" spans="1:1">
       <c r="A65" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
     </row>
     <row r="66" spans="1:1">
       <c r="A66" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
     </row>
     <row r="68" spans="1:1">
       <c r="A68" s="7" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
     </row>
     <row r="69" spans="1:1">
       <c r="A69" s="5" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
     </row>
     <row r="70" spans="1:1">
       <c r="A70" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
     </row>
     <row r="71" spans="1:1">
       <c r="A71" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
     </row>
     <row r="72" spans="1:1">
       <c r="A72" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
     </row>
     <row r="73" spans="1:1">
       <c r="A73" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
     </row>
     <row r="74" spans="1:1">
       <c r="A74" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
     </row>
     <row r="75" spans="1:1">
       <c r="A75" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
     </row>
     <row r="76" spans="1:1">
       <c r="A76" s="2" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
     </row>
     <row r="77" spans="1:1">
       <c r="A77" s="2" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
     </row>
     <row r="78" spans="1:1">
       <c r="A78" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
     </row>
     <row r="79" spans="1:1">
       <c r="A79" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="80" spans="1:1">
       <c r="A80" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
     </row>
     <row r="81" spans="1:1">
       <c r="A81" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
     </row>
     <row r="82" spans="1:1">
       <c r="A82" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
     </row>
     <row r="83" spans="1:1">
       <c r="A83" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
     </row>
     <row r="84" spans="1:1">
       <c r="A84" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="85" spans="1:1">
       <c r="A85" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
     </row>
     <row r="86" spans="1:1">
       <c r="A86" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
     </row>
     <row r="87" spans="1:1">
       <c r="A87" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
     </row>
     <row r="88" spans="1:1">
       <c r="A88" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
     </row>
     <row r="89" spans="1:1">
       <c r="A89" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
     </row>
     <row r="90" spans="1:1">
       <c r="A90" s="2" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
     </row>
     <row r="91" spans="1:1">
       <c r="A91" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
     </row>
     <row r="92" spans="1:1">
       <c r="A92" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
     </row>
     <row r="93" spans="1:1">
       <c r="A93" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
     </row>
     <row r="94" spans="1:1">
       <c r="A94" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
     </row>
     <row r="95" spans="1:1">
       <c r="A95" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
     </row>
     <row r="96" spans="1:1">
       <c r="A96" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
     </row>
     <row r="97" spans="1:1">
       <c r="A97" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
     </row>
     <row r="98" spans="1:1">
       <c r="A98" s="2" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
     </row>
     <row r="99" spans="1:1">
       <c r="A99" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
     </row>
     <row r="100" spans="1:1">
       <c r="A100" s="2" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
     </row>
     <row r="101" spans="1:1">
       <c r="A101" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
     </row>
     <row r="102" spans="1:1">
       <c r="A102" s="8" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
     </row>
     <row r="103" spans="1:1">
       <c r="A103" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
     </row>
     <row r="104" spans="1:1">
       <c r="A104" s="2" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
     </row>
     <row r="105" spans="1:1">
       <c r="A105" s="16" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
     </row>
     <row r="106" spans="1:1">
       <c r="A106" s="2" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
     </row>
     <row r="107" spans="1:1">
       <c r="A107" s="15" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
     </row>
     <row r="108" spans="1:1">
       <c r="A108" s="8" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
     </row>
     <row r="109" spans="1:1">
       <c r="A109" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="110" spans="1:1">
       <c r="A110" s="8" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
     </row>
     <row r="111" spans="1:1" ht="30" customHeight="1">
       <c r="A111" s="19" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
   <oleObjects>
     <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
       <mc:Choice Requires="x14">
         <oleObject progId="Word.Picture.8" shapeId="4099" r:id="rId4">
           <objectPr defaultSize="0" autoPict="0" r:id="rId5">
             <anchor moveWithCells="1" sizeWithCells="1">
               <from>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>161925</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>85725</xdr:rowOff>
               </from>
               <to>
                 <xdr:col>0</xdr:col>
                 <xdr:colOff>923925</xdr:colOff>
                 <xdr:row>0</xdr:row>
                 <xdr:rowOff>742950</xdr:rowOff>
               </to>
             </anchor>
           </objectPr>
         </oleObject>
       </mc:Choice>
       <mc:Fallback>
         <oleObject progId="Word.Picture.8" shapeId="4099" r:id="rId4"/>
       </mc:Fallback>
     </mc:AlternateContent>
   </oleObjects>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:Z148"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
+    <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="4" topLeftCell="B5" activePane="bottomRight" state="frozen"/>
       <selection pane="topRight" activeCell="B1" sqref="B1"/>
       <selection pane="bottomLeft" activeCell="A5" sqref="A5"/>
-      <selection pane="bottomRight" activeCell="Y4" sqref="Y4"/>
+      <selection pane="bottomRight" activeCell="M10" sqref="M10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12"/>
   <cols>
     <col min="1" max="1" width="14.42578125" style="21" customWidth="1"/>
     <col min="2" max="2" width="7.7109375" style="21" customWidth="1"/>
     <col min="3" max="4" width="7.5703125" style="21" customWidth="1"/>
     <col min="5" max="5" width="10.85546875" style="21" customWidth="1"/>
     <col min="6" max="6" width="8.28515625" style="21" customWidth="1"/>
     <col min="7" max="7" width="11.5703125" style="21" customWidth="1"/>
-    <col min="8" max="8" width="8.28515625" style="21" customWidth="1"/>
+    <col min="8" max="8" width="8" style="21" customWidth="1"/>
     <col min="9" max="9" width="5" style="21" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" style="21" customWidth="1"/>
     <col min="11" max="11" width="26.140625" style="21" customWidth="1"/>
     <col min="12" max="12" width="8.28515625" style="21" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="11.5703125" style="21" customWidth="1"/>
     <col min="14" max="16" width="7.5703125" style="21" customWidth="1"/>
     <col min="17" max="17" width="9.42578125" style="21" customWidth="1"/>
     <col min="18" max="18" width="12.28515625" style="21" customWidth="1"/>
     <col min="19" max="21" width="6" style="21" customWidth="1"/>
     <col min="22" max="22" width="10" style="21" customWidth="1"/>
     <col min="23" max="23" width="11.5703125" style="21" customWidth="1"/>
     <col min="24" max="24" width="31" style="21" customWidth="1"/>
     <col min="25" max="25" width="29.85546875" style="21" customWidth="1"/>
     <col min="26" max="26" width="27.7109375" style="21" customWidth="1"/>
     <col min="27" max="16384" width="9.140625" style="21"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="A1" s="20"/>
     </row>
     <row r="2" spans="1:26">
       <c r="A2" s="20" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="3" spans="1:26" ht="15" customHeight="1">
+      <c r="A3" s="40" t="s">
         <v>95</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="35" t="s">
+      <c r="B3" s="38" t="s">
         <v>96</v>
       </c>
-      <c r="B3" s="37" t="s">
+      <c r="C3" s="38" t="s">
         <v>97</v>
       </c>
-      <c r="C3" s="37" t="s">
+      <c r="D3" s="38" t="s">
         <v>98</v>
       </c>
-      <c r="D3" s="37" t="s">
+      <c r="E3" s="38" t="s">
         <v>99</v>
       </c>
-      <c r="E3" s="37" t="s">
+      <c r="F3" s="38" t="s">
         <v>100</v>
       </c>
-      <c r="F3" s="37" t="s">
+      <c r="G3" s="38" t="s">
         <v>101</v>
       </c>
-      <c r="G3" s="37" t="s">
+      <c r="H3" s="38" t="s">
         <v>102</v>
       </c>
-      <c r="H3" s="37" t="s">
+      <c r="I3" s="38" t="s">
         <v>103</v>
       </c>
-      <c r="I3" s="37" t="s">
+      <c r="J3" s="38" t="s">
         <v>104</v>
       </c>
-      <c r="J3" s="37" t="s">
+      <c r="K3" s="38" t="s">
         <v>105</v>
       </c>
-      <c r="K3" s="37" t="s">
+      <c r="L3" s="39" t="s">
         <v>106</v>
       </c>
-      <c r="L3" s="38" t="s">
+      <c r="M3" s="39"/>
+      <c r="N3" s="38" t="s">
         <v>107</v>
       </c>
-      <c r="M3" s="38"/>
-      <c r="N3" s="37" t="s">
+      <c r="O3" s="38"/>
+      <c r="P3" s="38"/>
+      <c r="Q3" s="38"/>
+      <c r="R3" s="39" t="s">
         <v>108</v>
       </c>
-      <c r="O3" s="37"/>
-[...2 lines deleted...]
-      <c r="R3" s="38" t="s">
+      <c r="S3" s="39"/>
+      <c r="T3" s="39"/>
+      <c r="U3" s="39"/>
+      <c r="V3" s="38" t="s">
         <v>109</v>
       </c>
-      <c r="S3" s="38"/>
-[...2 lines deleted...]
-      <c r="V3" s="37" t="s">
+      <c r="W3" s="38" t="s">
         <v>110</v>
       </c>
-      <c r="W3" s="37" t="s">
+      <c r="X3" s="38" t="s">
         <v>111</v>
       </c>
-      <c r="X3" s="37" t="s">
+      <c r="Y3" s="38"/>
+      <c r="Z3" s="22" t="s">
         <v>112</v>
       </c>
-      <c r="Y3" s="37"/>
-      <c r="Z3" s="22" t="s">
+    </row>
+    <row r="4" spans="1:26" ht="48">
+      <c r="A4" s="41"/>
+      <c r="B4" s="38"/>
+      <c r="C4" s="38"/>
+      <c r="D4" s="38"/>
+      <c r="E4" s="38"/>
+      <c r="F4" s="38"/>
+      <c r="G4" s="38"/>
+      <c r="H4" s="38"/>
+      <c r="I4" s="38"/>
+      <c r="J4" s="38"/>
+      <c r="K4" s="38"/>
+      <c r="L4" s="22" t="s">
         <v>113</v>
       </c>
-    </row>
-[...12 lines deleted...]
-      <c r="L4" s="22" t="s">
+      <c r="M4" s="22" t="s">
         <v>114</v>
       </c>
-      <c r="M4" s="22" t="s">
+      <c r="N4" s="22" t="s">
         <v>115</v>
       </c>
-      <c r="N4" s="22" t="s">
+      <c r="O4" s="22" t="s">
         <v>116</v>
       </c>
-      <c r="O4" s="22" t="s">
+      <c r="P4" s="22" t="s">
         <v>117</v>
       </c>
-      <c r="P4" s="22" t="s">
+      <c r="Q4" s="22" t="s">
         <v>118</v>
       </c>
-      <c r="Q4" s="22" t="s">
+      <c r="R4" s="22" t="s">
         <v>119</v>
       </c>
-      <c r="R4" s="22" t="s">
+      <c r="S4" s="22" t="s">
         <v>120</v>
       </c>
-      <c r="S4" s="22" t="s">
+      <c r="T4" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="T4" s="22" t="s">
+      <c r="U4" s="22" t="s">
         <v>122</v>
       </c>
-      <c r="U4" s="22" t="s">
-[...3 lines deleted...]
-      <c r="W4" s="37"/>
+      <c r="V4" s="38"/>
+      <c r="W4" s="38"/>
       <c r="X4" s="22" t="s">
+        <v>120</v>
+      </c>
+      <c r="Y4" s="22" t="s">
         <v>121</v>
       </c>
-      <c r="Y4" s="22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="Z4" s="22" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
     </row>
     <row r="5" spans="1:26" ht="27" customHeight="1">
       <c r="A5" s="23" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B5" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C5" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D5" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E5" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F5" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G5" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H5" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="L5" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J5" s="24" t="s">
-[...5 lines deleted...]
-      <c r="L5" s="24" t="s">
+      <c r="M5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O5" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P5" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q5" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="S5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="U5" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V5" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="M5" s="24" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="W5" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X5" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Y5" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="Z5" s="24"/>
     </row>
     <row r="6" spans="1:26" ht="136.5" customHeight="1">
       <c r="A6" s="23" t="s">
+        <v>129</v>
+      </c>
+      <c r="B6" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="C6" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="D6" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="E6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="F6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="G6" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="H6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="I6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J6" s="24" t="s">
         <v>130</v>
       </c>
-      <c r="B6" s="24" t="s">
-[...23 lines deleted...]
-      <c r="J6" s="24" t="s">
+      <c r="K6" s="24" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>132</v>
       </c>
       <c r="L6" s="24">
         <v>6</v>
       </c>
       <c r="M6" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N6" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O6" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P6" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q6" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R6" s="24" t="s">
+        <v>132</v>
+      </c>
+      <c r="S6" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="T6" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="U6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V6" s="24" t="s">
+        <v>128</v>
+      </c>
+      <c r="W6" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="X6" s="35" t="s">
         <v>133</v>
       </c>
-      <c r="S6" s="24" t="s">
-[...17 lines deleted...]
-      <c r="Y6" s="34" t="s">
+      <c r="Y6" s="42" t="s">
         <v>630</v>
       </c>
       <c r="Z6" s="24"/>
     </row>
     <row r="7" spans="1:26" ht="27" customHeight="1">
       <c r="A7" s="23" t="s">
         <v>134</v>
       </c>
       <c r="B7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F7" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I7" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J7" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K7" s="24" t="s">
         <v>136</v>
       </c>
       <c r="L7" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R7" s="24" t="s">
         <v>137</v>
       </c>
       <c r="S7" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T7" s="25" t="s">
         <v>138</v>
       </c>
       <c r="U7" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V7" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W7" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X7" s="24"/>
       <c r="Y7" s="24"/>
       <c r="Z7" s="24"/>
     </row>
     <row r="8" spans="1:26" ht="27" customHeight="1">
       <c r="A8" s="23" t="s">
         <v>140</v>
       </c>
       <c r="B8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I8" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K8" s="24" t="s">
         <v>142</v>
       </c>
       <c r="L8" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P8" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q8" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V8" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W8" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X8" s="24" t="s">
         <v>143</v>
       </c>
       <c r="Y8" s="24" t="s">
         <v>144</v>
       </c>
       <c r="Z8" s="24" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="9" spans="1:26" ht="27" customHeight="1">
       <c r="A9" s="23" t="s">
         <v>146</v>
       </c>
       <c r="B9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E9" s="24" t="s">
         <v>147</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>148</v>
       </c>
       <c r="G9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H9" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I9" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J9" s="24" t="s">
         <v>149</v>
       </c>
       <c r="K9" s="24" t="s">
         <v>150</v>
       </c>
       <c r="L9" s="24">
         <v>6</v>
       </c>
       <c r="M9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N9" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O9" s="24" t="s">
         <v>151</v>
       </c>
       <c r="P9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q9" s="24" t="s">
         <v>152</v>
       </c>
       <c r="R9" s="24" t="s">
         <v>153</v>
       </c>
       <c r="S9" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T9" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U9" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V9" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W9" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X9" s="24"/>
       <c r="Y9" s="24" t="s">
         <v>154</v>
       </c>
       <c r="Z9" s="24"/>
     </row>
     <row r="10" spans="1:26" ht="27" customHeight="1">
       <c r="A10" s="23" t="s">
         <v>155</v>
       </c>
       <c r="B10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E10" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H10" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K10" s="24" t="s">
         <v>156</v>
       </c>
       <c r="L10" s="24">
         <v>6</v>
       </c>
       <c r="M10" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N10" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P10" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q10" s="24" t="s">
         <v>152</v>
       </c>
       <c r="R10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V10" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W10" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="X10" s="24"/>
       <c r="Y10" s="24" t="s">
         <v>157</v>
       </c>
       <c r="Z10" s="24" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="11" spans="1:26" ht="38.450000000000003" customHeight="1">
       <c r="A11" s="23" t="s">
         <v>159</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E11" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G11" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H11" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I11" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J11" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K11" s="24"/>
       <c r="L11" s="24">
         <v>6</v>
       </c>
       <c r="M11" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N11" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q11" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R11" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S11" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T11" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U11" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V11" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W11" s="24"/>
       <c r="X11" s="24" t="s">
         <v>161</v>
       </c>
       <c r="Y11" s="24" t="s">
         <v>162</v>
       </c>
       <c r="Z11" s="24"/>
     </row>
     <row r="12" spans="1:26" ht="27" customHeight="1">
       <c r="A12" s="23" t="s">
         <v>163</v>
       </c>
       <c r="B12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E12" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F12" s="24" t="s">
         <v>164</v>
       </c>
       <c r="G12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H12" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I12" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J12" s="24" t="s">
         <v>165</v>
       </c>
       <c r="K12" s="24"/>
       <c r="L12" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M12" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N12" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P12" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q12" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R12" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S12" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T12" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U12" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V12" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W12" s="24"/>
       <c r="X12" s="24"/>
       <c r="Y12" s="24"/>
       <c r="Z12" s="24"/>
     </row>
     <row r="13" spans="1:26" ht="78" customHeight="1">
       <c r="A13" s="23" t="s">
         <v>166</v>
       </c>
       <c r="B13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E13" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F13" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I13" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J13" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K13" s="24" t="s">
         <v>167</v>
       </c>
       <c r="L13" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N13" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R13" s="24" t="s">
         <v>168</v>
       </c>
       <c r="S13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="T13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U13" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V13" s="24"/>
       <c r="W13" s="24"/>
       <c r="X13" s="24" t="s">
         <v>169</v>
       </c>
       <c r="Y13" s="24" t="s">
         <v>170</v>
       </c>
       <c r="Z13" s="24" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="14" spans="1:26" ht="27" customHeight="1">
       <c r="A14" s="23" t="s">
         <v>172</v>
       </c>
       <c r="B14" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C14" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D14" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E14" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F14" s="24" t="s">
         <v>173</v>
       </c>
       <c r="G14" s="24" t="s">
         <v>164</v>
       </c>
       <c r="H14" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K14" s="24" t="s">
         <v>142</v>
       </c>
       <c r="L14" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M14" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N14" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O14" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P14" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q14" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U14" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V14" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W14" s="24"/>
       <c r="X14" s="24"/>
       <c r="Y14" s="24"/>
       <c r="Z14" s="24" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="15" spans="1:26" ht="72">
       <c r="A15" s="23" t="s">
         <v>175</v>
       </c>
       <c r="B15" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C15" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D15" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E15" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F15" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G15" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I15" s="24" t="s">
         <v>176</v>
       </c>
       <c r="J15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K15" s="24"/>
       <c r="L15" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M15" s="24" t="s">
         <v>177</v>
       </c>
       <c r="N15" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O15" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P15" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q15" s="24" t="s">
         <v>178</v>
       </c>
       <c r="R15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U15" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V15" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W15" s="24" t="s">
         <v>179</v>
       </c>
       <c r="X15" s="24" t="s">
         <v>180</v>
       </c>
       <c r="Y15" s="24" t="s">
         <v>181</v>
       </c>
       <c r="Z15" s="24" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="16" spans="1:26" ht="29.45" customHeight="1">
       <c r="A16" s="23" t="s">
         <v>183</v>
       </c>
       <c r="B16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F16" s="24" t="s">
         <v>173</v>
       </c>
       <c r="G16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H16" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I16" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J16" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K16" s="24" t="s">
         <v>184</v>
       </c>
       <c r="L16" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R16" s="24" t="s">
         <v>185</v>
       </c>
       <c r="S16" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T16" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U16" s="24" t="s">
         <v>186</v>
       </c>
       <c r="V16" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W16" s="24"/>
       <c r="X16" s="24" t="s">
         <v>187</v>
       </c>
       <c r="Y16" s="24"/>
       <c r="Z16" s="24" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="17" spans="1:26" ht="27" customHeight="1">
       <c r="A17" s="23" t="s">
         <v>189</v>
       </c>
       <c r="B17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E17" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H17" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I17" s="24" t="s">
         <v>190</v>
       </c>
       <c r="J17" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K17" s="24"/>
       <c r="L17" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M17" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N17" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P17" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q17" s="24" t="s">
         <v>191</v>
       </c>
       <c r="R17" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S17" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T17" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U17" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V17" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W17" s="24"/>
       <c r="X17" s="24"/>
       <c r="Y17" s="24"/>
       <c r="Z17" s="24"/>
     </row>
     <row r="18" spans="1:26" ht="112.15" customHeight="1">
       <c r="A18" s="23" t="s">
         <v>192</v>
       </c>
       <c r="B18" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C18" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D18" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E18" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F18" s="24" t="s">
         <v>193</v>
       </c>
       <c r="G18" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H18" s="24" t="s">
         <v>194</v>
       </c>
       <c r="I18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K18" s="24" t="s">
         <v>195</v>
       </c>
       <c r="L18" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M18" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N18" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O18" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P18" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q18" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U18" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V18" s="24" t="s">
         <v>196</v>
       </c>
       <c r="W18" s="24"/>
       <c r="X18" s="24"/>
       <c r="Y18" s="24" t="s">
         <v>197</v>
       </c>
       <c r="Z18" s="24" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="19" spans="1:26" ht="27" customHeight="1">
       <c r="A19" s="23" t="s">
         <v>199</v>
       </c>
       <c r="B19" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E19" s="24" t="s">
         <v>147</v>
       </c>
       <c r="F19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H19" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I19" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J19" s="24" t="s">
         <v>200</v>
       </c>
       <c r="K19" s="24" t="s">
         <v>201</v>
       </c>
       <c r="L19" s="24" t="s">
         <v>202</v>
       </c>
       <c r="M19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N19" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O19" s="24" t="s">
         <v>203</v>
       </c>
       <c r="P19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q19" s="24" t="s">
         <v>152</v>
       </c>
       <c r="R19" s="24" t="s">
         <v>204</v>
       </c>
       <c r="S19" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T19" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U19" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V19" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W19" s="24"/>
       <c r="X19" s="24"/>
       <c r="Y19" s="24" t="s">
         <v>205</v>
       </c>
       <c r="Z19" s="24" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="20" spans="1:26" ht="27" customHeight="1">
       <c r="A20" s="23" t="s">
         <v>207</v>
       </c>
       <c r="B20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E20" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="I20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J20" s="24" t="s">
         <v>208</v>
       </c>
       <c r="K20" s="24" t="s">
         <v>209</v>
       </c>
       <c r="L20" s="24">
         <v>6</v>
       </c>
       <c r="M20" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O20" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P20" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q20" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U20" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V20" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W20" s="24"/>
       <c r="X20" s="24"/>
       <c r="Y20" s="24"/>
       <c r="Z20" s="24"/>
     </row>
     <row r="21" spans="1:26" ht="27" customHeight="1">
       <c r="A21" s="23" t="s">
         <v>210</v>
       </c>
       <c r="B21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E21" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H21" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I21" s="24" t="s">
         <v>211</v>
       </c>
       <c r="J21" s="24" t="s">
         <v>212</v>
       </c>
       <c r="K21" s="24" t="s">
         <v>213</v>
       </c>
       <c r="L21" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M21" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N21" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P21" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q21" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R21" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S21" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T21" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U21" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V21" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W21" s="24"/>
       <c r="X21" s="24"/>
       <c r="Y21" s="24"/>
       <c r="Z21" s="24" t="s">
         <v>214</v>
       </c>
     </row>
     <row r="22" spans="1:26" ht="27" customHeight="1">
       <c r="A22" s="23" t="s">
         <v>215</v>
       </c>
       <c r="B22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F22" s="24" t="s">
         <v>173</v>
       </c>
       <c r="G22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I22" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J22" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K22" s="24" t="s">
         <v>216</v>
       </c>
       <c r="L22" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R22" s="24" t="s">
         <v>185</v>
       </c>
       <c r="S22" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T22" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U22" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V22" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W22" s="24"/>
       <c r="X22" s="21" t="s">
         <v>217</v>
       </c>
       <c r="Y22" s="24" t="s">
         <v>218</v>
       </c>
       <c r="Z22" s="24"/>
     </row>
-    <row r="23" spans="1:26" ht="55.5" customHeight="1">
+    <row r="23" spans="1:26" ht="75.75" customHeight="1">
       <c r="A23" s="23" t="s">
         <v>219</v>
       </c>
       <c r="B23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D23" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E23" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G23" s="24" t="s">
         <v>220</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>221</v>
       </c>
       <c r="I23" s="24" t="s">
         <v>222</v>
       </c>
       <c r="J23" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K23" s="24" t="s">
         <v>223</v>
       </c>
       <c r="L23" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M23" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P23" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q23" s="24" t="s">
         <v>152</v>
       </c>
       <c r="R23" s="24" t="s">
         <v>224</v>
       </c>
       <c r="S23" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T23" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U23" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V23" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W23" s="24"/>
-      <c r="X23" s="24"/>
+      <c r="X23" s="37" t="s">
+        <v>225</v>
+      </c>
       <c r="Y23" s="24" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="Z23" s="24"/>
     </row>
     <row r="24" spans="1:26" ht="27" customHeight="1">
       <c r="A24" s="23" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C24" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F24" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G24" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I24" s="24" t="s">
         <v>211</v>
       </c>
       <c r="J24" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K24" s="24"/>
       <c r="L24" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O24" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P24" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q24" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R24" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S24" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T24" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U24" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V24" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W24" s="24"/>
       <c r="X24" s="24"/>
       <c r="Y24" s="24"/>
       <c r="Z24" s="24"/>
     </row>
     <row r="25" spans="1:26" ht="39" customHeight="1">
       <c r="A25" s="23" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C25" s="24" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E25" s="24" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F25" s="24" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="G25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H25" s="24" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I25" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J25" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K25" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="L25" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J25" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M25" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q25" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R25" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S25" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T25" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U25" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V25" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W25" s="24"/>
       <c r="X25" s="24"/>
       <c r="Y25" s="24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="Z25" s="24" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="26" spans="1:26" ht="27" customHeight="1">
       <c r="A26" s="23" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J26" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K26" s="24" t="s">
+        <v>238</v>
+      </c>
+      <c r="L26" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J26" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O26" s="24" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="P26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R26" s="24" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="S26" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T26" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U26" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V26" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W26" s="24"/>
       <c r="X26" s="24" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="Y26" s="24"/>
       <c r="Z26" s="24" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
     </row>
     <row r="27" spans="1:26" ht="60" customHeight="1">
       <c r="A27" s="23" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E27" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H27" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I27" s="24"/>
       <c r="J27" s="24"/>
       <c r="K27" s="24" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="L27" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M27" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q27" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R27" s="26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="S27" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T27" s="26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="U27" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V27" s="24"/>
       <c r="W27" s="24"/>
       <c r="X27" s="24" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="Y27" s="26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="Z27" s="24"/>
     </row>
     <row r="28" spans="1:26" ht="73.900000000000006" customHeight="1">
       <c r="A28" s="23" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B28" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C28" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F28" s="24" t="s">
         <v>173</v>
       </c>
       <c r="G28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H28" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J28" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K28" s="24" t="s">
+        <v>250</v>
+      </c>
+      <c r="L28" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J28" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M28" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q28" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R28" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S28" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T28" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U28" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V28" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W28" s="24"/>
       <c r="X28" s="24" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="Y28" s="24" t="s">
         <v>181</v>
       </c>
       <c r="Z28" s="24" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="29" spans="1:26" ht="27" customHeight="1">
       <c r="A29" s="23" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E29" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H29" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K29" s="24"/>
       <c r="L29" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M29" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O29" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P29" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q29" s="24" t="s">
         <v>178</v>
       </c>
       <c r="R29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U29" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V29" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W29" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X29" s="24"/>
       <c r="Y29" s="24"/>
       <c r="Z29" s="24"/>
     </row>
     <row r="30" spans="1:26" ht="27" customHeight="1">
       <c r="A30" s="23" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E30" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F30" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H30" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J30" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K30" s="24" t="s">
+        <v>254</v>
+      </c>
+      <c r="L30" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J30" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M30" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N30" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q30" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R30" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S30" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T30" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U30" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V30" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W30" s="24"/>
       <c r="X30" s="24" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="Y30" s="24" t="s">
         <v>205</v>
       </c>
       <c r="Z30" s="24" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="31" spans="1:26" ht="27" customHeight="1">
       <c r="A31" s="23" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E31" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H31" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I31" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J31" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K31" s="24" t="s">
+        <v>257</v>
+      </c>
+      <c r="L31" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J31" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M31" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N31" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O31" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P31" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q31" s="24" t="s">
         <v>178</v>
       </c>
       <c r="R31" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S31" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T31" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U31" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V31" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W31" s="24"/>
       <c r="X31" s="24"/>
       <c r="Y31" s="24"/>
       <c r="Z31" s="24"/>
     </row>
     <row r="32" spans="1:26" ht="27" customHeight="1">
       <c r="A32" s="23" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E32" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H32" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I32" s="24"/>
       <c r="J32" s="24"/>
       <c r="K32" s="24" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="L32" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M32" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q32" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R32" s="26" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="S32" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T32" s="26" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="U32" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V32" s="24"/>
       <c r="W32" s="24"/>
       <c r="X32" s="24"/>
       <c r="Y32" s="26" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="Z32" s="24"/>
     </row>
     <row r="33" spans="1:26" ht="27" customHeight="1">
       <c r="A33" s="23" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E33" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H33" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K33" s="24"/>
       <c r="L33" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M33" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N33" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O33" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P33" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q33" s="24" t="s">
         <v>178</v>
       </c>
       <c r="R33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U33" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V33" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W33" s="24"/>
       <c r="X33" s="24"/>
       <c r="Y33" s="24"/>
       <c r="Z33" s="24"/>
     </row>
     <row r="34" spans="1:26" ht="27" customHeight="1">
       <c r="A34" s="23" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E34" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H34" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K34" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L34" s="27">
         <v>6</v>
       </c>
       <c r="M34" s="23" t="s">
         <v>164</v>
       </c>
       <c r="N34" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P34" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q34" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V34" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W34" s="24"/>
       <c r="X34" s="24"/>
       <c r="Y34" s="24" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="Z34" s="24" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="35" spans="1:26" ht="27" customHeight="1">
       <c r="A35" s="23" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I35" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J35" s="24" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="K35" s="24" t="s">
         <v>142</v>
       </c>
       <c r="L35" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P35" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q35" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R35" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S35" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T35" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U35" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V35" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W35" s="24"/>
       <c r="X35" s="24"/>
       <c r="Y35" s="24" t="s">
         <v>144</v>
       </c>
       <c r="Z35" s="24" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="36" spans="1:26" ht="27" customHeight="1">
       <c r="A36" s="23" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="B36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F36" s="24" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="G36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H36" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J36" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K36" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="L36" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J36" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M36" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N36" s="24" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="O36" s="24" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="P36" s="24" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="Q36" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R36" s="24" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="S36" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T36" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U36" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V36" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W36" s="24"/>
       <c r="X36" s="24"/>
       <c r="Y36" s="24" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="Z36" s="24"/>
     </row>
     <row r="37" spans="1:26" ht="27" customHeight="1">
       <c r="A37" s="23" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C37" s="24" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="D37" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F37" s="24" t="s">
         <v>173</v>
       </c>
       <c r="G37" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J37" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K37" s="24" t="s">
+        <v>275</v>
+      </c>
+      <c r="L37" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J37" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O37" s="24" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="P37" s="24" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="Q37" s="24" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="R37" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S37" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T37" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U37" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V37" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W37" s="24"/>
       <c r="X37" s="24" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="Y37" s="24"/>
       <c r="Z37" s="24" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="38" spans="1:26" ht="112.9" customHeight="1">
       <c r="A38" s="23" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E38" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H38" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I38" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J38" s="24" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="K38" s="24" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="L38" s="24">
         <v>10</v>
       </c>
       <c r="M38" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N38" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P38" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q38" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R38" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S38" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T38" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U38" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V38" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W38" s="24"/>
       <c r="X38" s="24" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="Y38" s="24" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="Z38" s="24"/>
     </row>
     <row r="39" spans="1:26" ht="48">
       <c r="A39" s="23" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="B39" s="24" t="s">
         <v>148</v>
       </c>
       <c r="C39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H39" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K39" s="24"/>
       <c r="L39" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M39" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N39" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P39" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q39" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U39" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V39" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W39" s="24"/>
       <c r="X39" s="24" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="Y39" s="24" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="Z39" s="24"/>
     </row>
     <row r="40" spans="1:26" ht="27" customHeight="1">
       <c r="A40" s="23" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="B40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E40" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H40" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K40" s="24"/>
       <c r="L40" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M40" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N40" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O40" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P40" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q40" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U40" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V40" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W40" s="24"/>
       <c r="X40" s="24"/>
       <c r="Y40" s="24"/>
       <c r="Z40" s="24"/>
     </row>
     <row r="41" spans="1:26" ht="27" customHeight="1">
       <c r="A41" s="23" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="B41" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C41" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D41" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E41" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F41" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G41" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H41" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I41" s="24"/>
       <c r="J41" s="24"/>
       <c r="K41" s="24" t="s">
+        <v>291</v>
+      </c>
+      <c r="L41" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M41" s="24" t="s">
         <v>290</v>
       </c>
-      <c r="L41" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="N41" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="O41" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P41" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="Q41" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="R41" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S41" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T41" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U41" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V41" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W41" s="24"/>
       <c r="X41" s="24"/>
       <c r="Y41" s="24"/>
       <c r="Z41" s="24"/>
     </row>
     <row r="42" spans="1:26" ht="27" customHeight="1">
       <c r="A42" s="23" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="B42" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C42" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D42" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E42" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F42" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G42" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H42" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K42" s="24"/>
       <c r="L42" s="24">
         <v>6</v>
       </c>
       <c r="M42" s="24" t="s">
         <v>177</v>
       </c>
       <c r="N42" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O42" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P42" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q42" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U42" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V42" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W42" s="24"/>
       <c r="X42" s="24"/>
       <c r="Y42" s="24" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="Z42" s="24"/>
     </row>
     <row r="43" spans="1:26" ht="27" customHeight="1">
       <c r="A43" s="23" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E43" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H43" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J43" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K43" s="24" t="s">
+        <v>232</v>
+      </c>
+      <c r="L43" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J43" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M43" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O43" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P43" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q43" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R43" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S43" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T43" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U43" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V43" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W43" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X43" s="24"/>
       <c r="Y43" s="24"/>
       <c r="Z43" s="24"/>
     </row>
     <row r="44" spans="1:26" ht="27" customHeight="1">
       <c r="A44" s="23" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="B44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I44" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J44" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K44" s="24" t="s">
+        <v>296</v>
+      </c>
+      <c r="L44" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="K44" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q44" s="24" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="R44" s="24" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="S44" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T44" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U44" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V44" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W44" s="24"/>
       <c r="X44" s="24"/>
       <c r="Y44" s="24" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="Z44" s="24" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="45" spans="1:26" ht="27" customHeight="1">
       <c r="A45" s="23" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E45" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F45" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H45" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I45" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J45" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K45" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="L45" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="K45" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M45" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N45" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q45" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R45" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S45" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T45" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U45" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V45" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W45" s="24"/>
       <c r="X45" s="24" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="Y45" s="24" t="s">
         <v>144</v>
       </c>
       <c r="Z45" s="24" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="46" spans="1:26" ht="27" customHeight="1">
       <c r="A46" s="23" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="B46" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C46" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D46" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E46" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F46" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G46" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H46" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I46" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J46" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K46" s="24"/>
       <c r="L46" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O46" s="24" t="s">
+        <v>305</v>
+      </c>
+      <c r="P46" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q46" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="R46" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="S46" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="T46" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="U46" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V46" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="M46" s="24" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="W46" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X46" s="24" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="Y46" s="24"/>
       <c r="Z46" s="24"/>
     </row>
     <row r="47" spans="1:26" ht="27" customHeight="1">
       <c r="A47" s="23" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E47" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H47" s="24" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K47" s="24"/>
       <c r="L47" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M47" s="24" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="N47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O47" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P47" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U47" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V47" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W47" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X47" s="24" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="Y47" s="24" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="Z47" s="24"/>
     </row>
     <row r="48" spans="1:26" ht="27" customHeight="1">
       <c r="A48" s="23" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="B48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I48" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J48" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="K48" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L48" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R48" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S48" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T48" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U48" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V48" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W48" s="24"/>
       <c r="X48" s="24" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="Y48" s="24"/>
       <c r="Z48" s="24"/>
     </row>
     <row r="49" spans="1:26" ht="27" customHeight="1">
       <c r="A49" s="23" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E49" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H49" s="24" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K49" s="24"/>
       <c r="L49" s="24">
         <v>6</v>
       </c>
       <c r="M49" s="24" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U49" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V49" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W49" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X49" s="24"/>
       <c r="Y49" s="24"/>
       <c r="Z49" s="24"/>
     </row>
     <row r="50" spans="1:26" ht="27" customHeight="1">
       <c r="A50" s="23" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="B50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E50" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F50" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H50" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I50" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J50" s="24" t="s">
+        <v>266</v>
+      </c>
+      <c r="K50" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="L50" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J50" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M50" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N50" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q50" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R50" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S50" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T50" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U50" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V50" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W50" s="24"/>
       <c r="X50" s="24" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="Y50" s="24" t="s">
         <v>144</v>
       </c>
       <c r="Z50" s="24" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51" spans="1:26" ht="62.25" customHeight="1">
       <c r="A51" s="23" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B51" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C51" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H51" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I51" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J51" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K51" s="24"/>
       <c r="L51" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M51" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N51" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q51" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R51" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S51" s="24" t="s">
         <v>148</v>
       </c>
       <c r="T51" s="24" t="s">
         <v>164</v>
       </c>
       <c r="U51" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V51" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W51" s="24"/>
       <c r="X51" s="24" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="Y51" s="24" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="Z51" s="24"/>
     </row>
     <row r="52" spans="1:26" ht="27" customHeight="1">
       <c r="A52" s="23" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="B52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E52" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F52" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H52" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I52" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J52" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="K52" s="24" t="s">
+        <v>325</v>
+      </c>
+      <c r="L52" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J52" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M52" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N52" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q52" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R52" s="24" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="S52" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T52" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U52" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V52" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W52" s="24"/>
-      <c r="X52" s="24"/>
-[...1 lines deleted...]
-        <v>326</v>
+      <c r="X52" s="37" t="s">
+        <v>631</v>
+      </c>
+      <c r="Y52" s="36" t="s">
+        <v>632</v>
       </c>
       <c r="Z52" s="24"/>
     </row>
     <row r="53" spans="1:26" ht="27" customHeight="1">
       <c r="A53" s="23" t="s">
         <v>327</v>
       </c>
       <c r="B53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C53" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G53" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I53" s="24" t="s">
         <v>211</v>
       </c>
       <c r="J53" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K53" s="24"/>
       <c r="L53" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P53" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q53" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R53" s="24" t="s">
         <v>328</v>
       </c>
       <c r="S53" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T53" s="24" t="s">
         <v>329</v>
       </c>
       <c r="U53" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V53" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W53" s="24"/>
       <c r="X53" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y53" s="24" t="s">
         <v>330</v>
       </c>
       <c r="Z53" s="24" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="54" spans="1:26" ht="27" customHeight="1">
       <c r="A54" s="23" t="s">
         <v>332</v>
       </c>
       <c r="B54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E54" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F54" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H54" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K54" s="24" t="s">
         <v>333</v>
       </c>
       <c r="L54" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M54" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N54" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q54" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U54" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V54" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W54" s="24"/>
       <c r="X54" s="24"/>
       <c r="Y54" s="24"/>
       <c r="Z54" s="24"/>
     </row>
     <row r="55" spans="1:26" ht="27" customHeight="1">
       <c r="A55" s="23" t="s">
         <v>334</v>
       </c>
       <c r="B55" s="28" t="s">
         <v>148</v>
       </c>
       <c r="C55" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D55" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E55" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F55" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G55" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H55" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K55" s="24" t="s">
         <v>335</v>
       </c>
       <c r="L55" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M55" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N55" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O55" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P55" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q55" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U55" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V55" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W55" s="24"/>
       <c r="X55" s="24"/>
       <c r="Z55" s="24"/>
     </row>
     <row r="56" spans="1:26" ht="47.25" customHeight="1">
       <c r="A56" s="23" t="s">
         <v>336</v>
       </c>
       <c r="B56" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E56" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H56" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J56" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K56" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L56" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J56" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M56" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N56" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q56" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R56" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S56" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T56" s="24" t="s">
         <v>337</v>
       </c>
       <c r="U56" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V56" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W56" s="24"/>
       <c r="X56" s="24"/>
       <c r="Y56" s="24" t="s">
         <v>338</v>
       </c>
       <c r="Z56" s="24"/>
     </row>
     <row r="57" spans="1:26" ht="123.6" customHeight="1">
       <c r="A57" s="23" t="s">
         <v>339</v>
       </c>
       <c r="B57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D57" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E57" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F57" s="24" t="s">
         <v>340</v>
       </c>
       <c r="G57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H57" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I57" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J57" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K57" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L57" s="24">
         <v>6</v>
       </c>
       <c r="M57" s="24" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N57" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R57" s="24" t="s">
         <v>341</v>
       </c>
       <c r="S57" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T57" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U57" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V57" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W57" s="24" t="s">
         <v>342</v>
       </c>
       <c r="X57" s="24" t="s">
         <v>343</v>
       </c>
       <c r="Y57" s="24" t="s">
         <v>344</v>
       </c>
       <c r="Z57" s="24" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="58" spans="1:26" ht="27" customHeight="1">
       <c r="A58" s="23" t="s">
         <v>346</v>
       </c>
       <c r="B58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D58" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E58" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H58" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J58" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K58" s="37" t="s">
+        <v>262</v>
+      </c>
+      <c r="L58" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J58" s="24" t="s">
-[...5 lines deleted...]
-      </c>
       <c r="M58" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N58" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P58" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q58" s="24" t="s">
         <v>347</v>
       </c>
       <c r="R58" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S58" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T58" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U58" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V58" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W58" s="24"/>
       <c r="X58" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y58" s="24" t="s">
         <v>348</v>
       </c>
       <c r="Z58" s="24"/>
     </row>
     <row r="59" spans="1:26" s="30" customFormat="1" ht="28.15" customHeight="1">
       <c r="A59" s="23" t="s">
         <v>349</v>
       </c>
       <c r="B59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D59" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I59" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J59" s="24" t="s">
         <v>350</v>
       </c>
       <c r="K59" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L59" s="24">
         <v>6</v>
       </c>
       <c r="M59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N59" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O59" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P59" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q59" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R59" s="24" t="s">
         <v>351</v>
       </c>
       <c r="S59" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T59" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U59" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V59" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W59" s="29"/>
       <c r="X59" s="24" t="s">
         <v>352</v>
       </c>
       <c r="Y59" s="24" t="s">
         <v>353</v>
       </c>
       <c r="Z59" s="24" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="60" spans="1:26" ht="33.75" customHeight="1">
       <c r="A60" s="23" t="s">
         <v>354</v>
       </c>
       <c r="B60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D60" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E60" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F60" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H60" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I60" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J60" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K60" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L60" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="K60" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N60" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P60" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q60" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R60" s="25" t="s">
         <v>355</v>
       </c>
       <c r="S60" s="25" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T60" s="25" t="s">
         <v>356</v>
       </c>
       <c r="U60" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V60" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W60" s="24"/>
       <c r="X60" s="24" t="s">
         <v>357</v>
       </c>
       <c r="Y60" s="24"/>
       <c r="Z60" s="24"/>
     </row>
     <row r="61" spans="1:26" ht="27" customHeight="1">
       <c r="A61" s="23" t="s">
         <v>358</v>
       </c>
       <c r="B61" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C61" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D61" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E61" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F61" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G61" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H61" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K61" s="24" t="s">
         <v>359</v>
       </c>
       <c r="L61" s="24">
         <v>6</v>
       </c>
       <c r="M61" s="24" t="s">
         <v>360</v>
       </c>
       <c r="N61" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O61" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P61" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q61" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U61" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V61" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W61" s="24"/>
       <c r="X61" s="24"/>
       <c r="Y61" s="24"/>
       <c r="Z61" s="24"/>
     </row>
     <row r="62" spans="1:26" ht="27" customHeight="1">
       <c r="A62" s="23" t="s">
         <v>361</v>
       </c>
       <c r="B62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E62" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H62" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I62" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J62" s="24" t="s">
         <v>362</v>
       </c>
       <c r="K62" s="24"/>
       <c r="L62" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M62" s="24" t="s">
         <v>363</v>
       </c>
       <c r="N62" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O62" s="24" t="s">
         <v>364</v>
       </c>
       <c r="P62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q62" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R62" s="24" t="s">
         <v>365</v>
       </c>
       <c r="S62" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T62" s="25" t="s">
         <v>366</v>
       </c>
       <c r="U62" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V62" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W62" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X62" s="24"/>
       <c r="Y62" s="24"/>
       <c r="Z62" s="24"/>
     </row>
     <row r="63" spans="1:26" ht="27" customHeight="1">
       <c r="A63" s="23" t="s">
         <v>367</v>
       </c>
       <c r="B63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E63" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H63" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I63" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J63" s="24" t="s">
         <v>368</v>
       </c>
       <c r="K63" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L63" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M63" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O63" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P63" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q63" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R63" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S63" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T63" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U63" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V63" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W63" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X63" s="24"/>
       <c r="Y63" s="24" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="Z63" s="24"/>
     </row>
     <row r="64" spans="1:26" ht="27" customHeight="1">
       <c r="A64" s="23" t="s">
         <v>369</v>
       </c>
       <c r="B64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E64" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F64" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H64" s="24" t="s">
         <v>370</v>
       </c>
       <c r="I64" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J64" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K64" s="24"/>
       <c r="L64" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M64" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R64" s="24" t="s">
         <v>371</v>
       </c>
       <c r="S64" s="25" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T64" s="25"/>
       <c r="U64" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="V64" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W64" s="24"/>
       <c r="X64" s="24" t="s">
         <v>372</v>
       </c>
       <c r="Y64" s="24"/>
       <c r="Z64" s="24"/>
     </row>
     <row r="65" spans="1:26" ht="27" customHeight="1">
       <c r="A65" s="23" t="s">
         <v>373</v>
       </c>
       <c r="B65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E65" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H65" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K65" s="24" t="s">
         <v>374</v>
       </c>
       <c r="L65" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M65" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N65" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q65" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U65" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V65" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W65" s="24"/>
       <c r="X65" s="24"/>
       <c r="Y65" s="24"/>
       <c r="Z65" s="24"/>
     </row>
     <row r="66" spans="1:26" s="30" customFormat="1" ht="27" customHeight="1">
       <c r="A66" s="31" t="s">
         <v>375</v>
       </c>
       <c r="B66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D66" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E66" s="29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H66" s="29" t="s">
         <v>376</v>
       </c>
       <c r="I66" s="29" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J66" s="29" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K66" s="29"/>
       <c r="L66" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M66" s="29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N66" s="29" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P66" s="29" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q66" s="29"/>
       <c r="R66" s="32" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S66" s="32" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T66" s="32" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U66" s="32" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V66" s="29"/>
       <c r="W66" s="29"/>
       <c r="X66" s="29"/>
       <c r="Y66" s="29"/>
       <c r="Z66" s="29"/>
     </row>
     <row r="67" spans="1:26" ht="41.45" customHeight="1">
       <c r="A67" s="23" t="s">
         <v>377</v>
       </c>
       <c r="B67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E67" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H67" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K67" s="24" t="s">
         <v>378</v>
       </c>
       <c r="L67" s="24">
         <v>6</v>
       </c>
       <c r="M67" s="24" t="s">
         <v>379</v>
       </c>
       <c r="N67" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q67" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U67" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V67" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W67" s="24"/>
       <c r="X67" s="24" t="s">
         <v>380</v>
       </c>
       <c r="Y67" s="24" t="s">
         <v>381</v>
       </c>
       <c r="Z67" s="24"/>
     </row>
     <row r="68" spans="1:26" ht="27" customHeight="1">
       <c r="A68" s="23" t="s">
         <v>382</v>
       </c>
       <c r="B68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F68" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I68" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J68" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K68" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L68" s="24">
         <v>6</v>
       </c>
       <c r="M68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R68" s="24" t="s">
         <v>383</v>
       </c>
       <c r="S68" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T68" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U68" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V68" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W68" s="24"/>
       <c r="X68" s="24" t="s">
         <v>374</v>
       </c>
       <c r="Y68" s="24" t="s">
         <v>384</v>
       </c>
       <c r="Z68" s="24"/>
     </row>
     <row r="69" spans="1:26" ht="27" customHeight="1">
       <c r="A69" s="23" t="s">
         <v>385</v>
       </c>
       <c r="B69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E69" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H69" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I69" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J69" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K69" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L69" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="K69" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M69" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N69" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q69" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R69" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S69" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T69" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U69" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V69" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W69" s="24"/>
       <c r="X69" s="24"/>
       <c r="Y69" s="24"/>
       <c r="Z69" s="24"/>
     </row>
     <row r="70" spans="1:26" ht="27" customHeight="1">
       <c r="A70" s="23" t="s">
         <v>386</v>
       </c>
       <c r="B70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E70" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H70" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K70" s="24"/>
       <c r="L70" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M70" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N70" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O70" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P70" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q70" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U70" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V70" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W70" s="24"/>
       <c r="X70" s="24"/>
       <c r="Y70" s="24"/>
       <c r="Z70" s="24"/>
     </row>
     <row r="71" spans="1:26" ht="27" customHeight="1">
       <c r="A71" s="23" t="s">
         <v>387</v>
       </c>
       <c r="B71" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C71" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D71" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E71" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F71" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G71" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H71" s="24" t="s">
         <v>388</v>
       </c>
       <c r="I71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K71" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L71" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J71" s="24" t="s">
-[...5 lines deleted...]
-      <c r="L71" s="24" t="s">
+      <c r="M71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N71" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O71" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P71" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q71" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="R71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="S71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="U71" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V71" s="24" t="s">
         <v>128</v>
-      </c>
-[...28 lines deleted...]
-        <v>129</v>
       </c>
       <c r="W71" s="24"/>
       <c r="X71" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y71" s="24" t="s">
         <v>389</v>
       </c>
       <c r="Z71" s="24" t="s">
         <v>390</v>
       </c>
     </row>
     <row r="72" spans="1:26" ht="27" customHeight="1">
       <c r="A72" s="23" t="s">
         <v>391</v>
       </c>
       <c r="B72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D72" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I72" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J72" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K72" s="24" t="s">
         <v>392</v>
       </c>
       <c r="L72" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R72" s="24" t="s">
         <v>393</v>
       </c>
       <c r="S72" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T72" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U72" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V72" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W72" s="24"/>
       <c r="X72" s="24"/>
       <c r="Y72" s="24" t="s">
         <v>394</v>
       </c>
       <c r="Z72" s="24"/>
     </row>
     <row r="73" spans="1:26" ht="131.25" customHeight="1">
       <c r="A73" s="23" t="s">
         <v>395</v>
       </c>
       <c r="B73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E73" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F73" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G73" s="24" t="s">
         <v>148</v>
       </c>
       <c r="H73" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I73" s="24" t="s">
         <v>211</v>
       </c>
       <c r="J73" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K73" s="24" t="s">
         <v>396</v>
       </c>
       <c r="L73" s="24" t="s">
         <v>397</v>
       </c>
       <c r="M73" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R73" s="23" t="s">
         <v>399</v>
       </c>
       <c r="S73" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T73" s="23" t="s">
         <v>164</v>
       </c>
       <c r="U73" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V73" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W73" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X73" s="24" t="s">
         <v>400</v>
       </c>
       <c r="Y73" s="24" t="s">
         <v>401</v>
       </c>
       <c r="Z73" s="24"/>
     </row>
     <row r="74" spans="1:26" ht="27" customHeight="1">
       <c r="A74" s="23" t="s">
         <v>402</v>
       </c>
       <c r="B74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E74" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H74" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I74" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J74" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K74" s="24"/>
       <c r="L74" s="24">
         <v>6</v>
       </c>
       <c r="M74" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N74" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O74" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P74" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q74" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R74" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S74" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T74" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U74" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V74" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W74" s="24"/>
       <c r="X74" s="24"/>
       <c r="Y74" s="24"/>
       <c r="Z74" s="24"/>
     </row>
     <row r="75" spans="1:26" ht="28.5" customHeight="1">
       <c r="A75" s="23" t="s">
         <v>403</v>
       </c>
       <c r="B75" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C75" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D75" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E75" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F75" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G75" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H75" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I75" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J75" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K75" s="24" t="s">
         <v>404</v>
       </c>
       <c r="L75" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N75" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O75" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P75" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q75" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="R75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="S75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="U75" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V75" s="24" t="s">
         <v>128</v>
-      </c>
-[...28 lines deleted...]
-        <v>129</v>
       </c>
       <c r="W75" s="24"/>
       <c r="X75" s="24" t="s">
         <v>405</v>
       </c>
       <c r="Y75" s="24"/>
       <c r="Z75" s="24"/>
     </row>
     <row r="76" spans="1:26" ht="25.5" customHeight="1">
       <c r="A76" s="23" t="s">
         <v>406</v>
       </c>
       <c r="B76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C76" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D76" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F76" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I76" s="24" t="s">
         <v>407</v>
       </c>
       <c r="J76" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K76" s="24"/>
       <c r="L76" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N76" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O76" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P76" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q76" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R76" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S76" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T76" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U76" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V76" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W76" s="24"/>
       <c r="X76" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y76" s="24"/>
       <c r="Z76" s="24"/>
     </row>
     <row r="77" spans="1:26" ht="27" customHeight="1">
       <c r="A77" s="23" t="s">
         <v>408</v>
       </c>
       <c r="B77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E77" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H77" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K77" s="24"/>
       <c r="L77" s="24">
         <v>6</v>
       </c>
       <c r="M77" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N77" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q77" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U77" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V77" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W77" s="24"/>
       <c r="X77" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y77" s="24" t="s">
         <v>409</v>
       </c>
       <c r="Z77" s="24" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="78" spans="1:26" ht="27" customHeight="1">
       <c r="A78" s="23" t="s">
         <v>411</v>
       </c>
       <c r="B78" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C78" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D78" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G78" s="24" t="s">
         <v>164</v>
       </c>
       <c r="H78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I78" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J78" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K78" s="24"/>
       <c r="L78" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="P78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="Q78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R78" s="24" t="s">
         <v>412</v>
       </c>
       <c r="S78" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T78" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U78" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V78" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W78" s="24"/>
       <c r="X78" s="24"/>
       <c r="Y78" s="24"/>
       <c r="Z78" s="24"/>
     </row>
     <row r="79" spans="1:26" ht="27" customHeight="1">
       <c r="A79" s="20" t="s">
         <v>413</v>
       </c>
       <c r="B79" s="21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C79" s="21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D79" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E79" s="21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F79" s="21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G79" s="21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H79" s="21" t="s">
         <v>160</v>
       </c>
       <c r="I79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="J79" s="21" t="s">
+        <v>126</v>
+      </c>
+      <c r="L79" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J79" s="21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M79" s="21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N79" s="21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O79" s="21" t="s">
         <v>151</v>
       </c>
       <c r="P79" s="21" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q79" s="21" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R79" s="21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S79" s="21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T79" s="21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U79" s="21" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
     </row>
     <row r="80" spans="1:26" ht="27" customHeight="1">
       <c r="A80" s="23" t="s">
         <v>414</v>
       </c>
       <c r="B80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E80" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H80" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I80" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J80" s="24" t="s">
         <v>415</v>
       </c>
       <c r="K80" s="24"/>
       <c r="L80" s="24">
         <v>6</v>
       </c>
       <c r="M80" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P80" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q80" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R80" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S80" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T80" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U80" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V80" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W80" s="24"/>
       <c r="X80" s="24"/>
       <c r="Y80" s="24"/>
       <c r="Z80" s="24"/>
     </row>
     <row r="81" spans="1:26" ht="27" customHeight="1">
       <c r="A81" s="23" t="s">
         <v>416</v>
       </c>
       <c r="B81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E81" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F81" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H81" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I81" s="24" t="s">
         <v>417</v>
       </c>
       <c r="J81" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K81" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L81" s="24">
         <v>6</v>
       </c>
       <c r="M81" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N81" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q81" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R81" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S81" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T81" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U81" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V81" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W81" s="24"/>
       <c r="X81" s="24" t="s">
         <v>418</v>
       </c>
       <c r="Y81" s="24" t="s">
         <v>419</v>
       </c>
       <c r="Z81" s="24" t="s">
         <v>419</v>
       </c>
     </row>
     <row r="82" spans="1:26" ht="27" customHeight="1">
       <c r="A82" s="23" t="s">
         <v>420</v>
       </c>
       <c r="B82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E82" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H82" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I82" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J82" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K82" s="24" t="s">
         <v>421</v>
       </c>
       <c r="L82" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M82" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N82" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O82" s="24" t="s">
         <v>422</v>
       </c>
       <c r="P82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R82" s="24" t="s">
         <v>423</v>
       </c>
       <c r="S82" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T82" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U82" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V82" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W82" s="24"/>
       <c r="X82" s="24"/>
       <c r="Y82" s="24"/>
       <c r="Z82" s="24"/>
     </row>
     <row r="83" spans="1:26" ht="27" customHeight="1">
       <c r="A83" s="23" t="s">
         <v>424</v>
       </c>
       <c r="B83" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C83" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D83" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E83" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F83" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G83" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H83" s="24" t="s">
         <v>370</v>
       </c>
       <c r="I83" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J83" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K83" s="24" t="s">
         <v>425</v>
       </c>
       <c r="L83" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M83" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N83" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O83" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P83" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q83" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R83" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S83" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T83" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U83" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V83" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="84" spans="1:26" ht="27" customHeight="1">
       <c r="A84" s="23" t="s">
         <v>426</v>
       </c>
       <c r="B84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E84" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H84" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I84" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J84" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K84" s="24" t="s">
         <v>427</v>
       </c>
       <c r="L84" s="24">
         <v>6</v>
       </c>
       <c r="M84" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N84" s="24" t="s">
         <v>151</v>
       </c>
       <c r="O84" s="24" t="s">
         <v>151</v>
       </c>
       <c r="P84" s="24" t="s">
         <v>151</v>
       </c>
       <c r="Q84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R84" s="24" t="s">
         <v>428</v>
       </c>
       <c r="S84" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T84" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U84" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V84" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W84" s="24"/>
       <c r="X84" s="24"/>
       <c r="Y84" s="24" t="s">
         <v>429</v>
       </c>
       <c r="Z84" s="24" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="85" spans="1:26" ht="27" customHeight="1">
       <c r="A85" s="23" t="s">
         <v>431</v>
       </c>
       <c r="B85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E85" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H85" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I85" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J85" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="L85" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J85" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M85" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q85" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R85" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S85" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T85" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U85" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V85" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W85" s="21" t="s">
         <v>432</v>
       </c>
       <c r="X85" s="24"/>
     </row>
     <row r="86" spans="1:26" ht="27" customHeight="1">
       <c r="A86" s="23" t="s">
         <v>433</v>
       </c>
       <c r="B86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E86" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H86" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I86" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J86" s="24" t="s">
         <v>434</v>
       </c>
       <c r="K86" s="24"/>
       <c r="L86" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M86" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N86" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q86" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R86" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S86" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T86" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U86" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V86" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W86" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X86" s="24"/>
       <c r="Y86" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Z86" s="24" t="s">
         <v>435</v>
       </c>
     </row>
     <row r="87" spans="1:26" ht="27" customHeight="1">
       <c r="A87" s="23" t="s">
         <v>436</v>
       </c>
       <c r="B87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D87" s="24"/>
       <c r="E87" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F87" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H87" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I87" s="21" t="s">
         <v>141</v>
       </c>
       <c r="J87" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K87" s="24" t="s">
         <v>437</v>
       </c>
       <c r="L87" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M87" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q87" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R87" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S87" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T87" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U87" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V87" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W87" s="24"/>
       <c r="X87" s="24" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="Y87" s="24" t="s">
         <v>144</v>
       </c>
       <c r="Z87" s="24" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="88" spans="1:26" ht="27" customHeight="1">
       <c r="A88" s="23" t="s">
         <v>439</v>
       </c>
       <c r="B88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D88" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E88" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H88" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J88" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K88" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L88" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J88" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M88" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N88" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q88" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R88" s="24" t="s">
         <v>440</v>
       </c>
       <c r="S88" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T88" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U88" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V88" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W88" s="24"/>
       <c r="X88" s="24"/>
       <c r="Y88" s="24" t="s">
         <v>441</v>
       </c>
       <c r="Z88" s="24" t="s">
         <v>442</v>
       </c>
     </row>
     <row r="89" spans="1:26" ht="27" customHeight="1">
       <c r="A89" s="23" t="s">
         <v>443</v>
       </c>
       <c r="B89" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C89" s="24" t="s">
         <v>164</v>
       </c>
       <c r="D89" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E89" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F89" s="24" t="s">
         <v>444</v>
       </c>
       <c r="G89" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H89" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K89" s="24"/>
       <c r="L89" s="24" t="s">
         <v>445</v>
       </c>
       <c r="M89" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N89" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O89" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P89" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q89" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U89" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V89" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W89" s="24" t="s">
         <v>164</v>
       </c>
       <c r="X89" s="24" t="s">
         <v>446</v>
       </c>
       <c r="Y89" s="24" t="s">
         <v>447</v>
       </c>
       <c r="Z89" s="24" t="s">
         <v>448</v>
       </c>
     </row>
     <row r="90" spans="1:26" ht="27" customHeight="1">
       <c r="A90" s="23" t="s">
         <v>449</v>
       </c>
       <c r="B90" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C90" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D90" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E90" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F90" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G90" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="H90" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="I90" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J90" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K90" s="24" t="s">
         <v>450</v>
       </c>
       <c r="L90" s="24">
         <v>6</v>
       </c>
       <c r="M90" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="N90" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O90" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="P90" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="Q90" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="R90" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S90" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T90" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U90" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V90" s="24" t="s">
         <v>139</v>
       </c>
       <c r="X90" s="21" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="91" spans="1:26" ht="27" customHeight="1">
       <c r="A91" s="23" t="s">
         <v>452</v>
       </c>
       <c r="B91" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C91" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D91" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E91" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F91" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G91" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H91" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I91" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J91" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K91" s="24"/>
       <c r="L91" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O91" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P91" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q91" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="S91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="U91" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V91" s="24" t="s">
         <v>128</v>
-      </c>
-[...28 lines deleted...]
-        <v>129</v>
       </c>
       <c r="W91" s="24"/>
       <c r="X91" s="24"/>
       <c r="Y91" s="24"/>
       <c r="Z91" s="24"/>
     </row>
     <row r="92" spans="1:26" ht="27" customHeight="1">
       <c r="A92" s="23" t="s">
         <v>453</v>
       </c>
       <c r="B92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D92" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E92" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H92" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K92" s="24"/>
       <c r="L92" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M92" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O92" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P92" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q92" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U92" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V92" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W92" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X92" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y92" s="24"/>
       <c r="Z92" s="24"/>
     </row>
     <row r="93" spans="1:26" ht="27" customHeight="1">
       <c r="A93" s="23" t="s">
         <v>454</v>
       </c>
       <c r="B93" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C93" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D93" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E93" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F93" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G93" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H93" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I93" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J93" s="24" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="L93" s="24">
         <v>6</v>
       </c>
       <c r="M93" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N93" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O93" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P93" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q93" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R93" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S93" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T93" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U93" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V93" s="24" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="94" spans="1:26" ht="27" customHeight="1">
       <c r="A94" s="23" t="s">
         <v>455</v>
       </c>
       <c r="B94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E94" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H94" s="24" t="s">
         <v>456</v>
       </c>
       <c r="I94" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J94" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K94" s="24"/>
       <c r="L94" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N94" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="O94" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P94" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q94" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="R94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="S94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="T94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="U94" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="V94" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="M94" s="24" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="W94" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X94" s="24"/>
       <c r="Y94" s="24"/>
       <c r="Z94" s="24"/>
     </row>
     <row r="95" spans="1:26" ht="27" customHeight="1">
       <c r="A95" s="23" t="s">
         <v>457</v>
       </c>
       <c r="B95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E95" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H95" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="J95" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K95" s="24" t="s">
+        <v>262</v>
+      </c>
+      <c r="L95" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="J95" s="24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="M95" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N95" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q95" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R95" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S95" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T95" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U95" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V95" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W95" s="24"/>
       <c r="X95" s="24" t="s">
         <v>458</v>
       </c>
       <c r="Y95" s="24"/>
       <c r="Z95" s="24"/>
     </row>
     <row r="96" spans="1:26" ht="39" customHeight="1">
       <c r="A96" s="23" t="s">
         <v>459</v>
       </c>
       <c r="B96" s="24" t="s">
         <v>148</v>
       </c>
       <c r="C96" s="24" t="s">
         <v>148</v>
       </c>
       <c r="D96" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E96" s="24" t="s">
         <v>164</v>
       </c>
       <c r="F96" s="24" t="s">
         <v>460</v>
       </c>
       <c r="G96" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H96" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K96" s="24"/>
       <c r="L96" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M96" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N96" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O96" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P96" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q96" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U96" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V96" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W96" s="24"/>
       <c r="X96" s="24"/>
       <c r="Y96" s="24" t="s">
         <v>461</v>
       </c>
       <c r="Z96" s="24" t="s">
         <v>462</v>
       </c>
     </row>
     <row r="97" spans="1:26" ht="27" customHeight="1">
       <c r="A97" s="23" t="s">
         <v>463</v>
       </c>
       <c r="B97" s="24" t="s">
         <v>464</v>
       </c>
       <c r="C97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E97" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F97" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H97" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I97" s="23" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="J97" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K97" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L97" s="21">
         <v>6</v>
       </c>
       <c r="M97" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N97" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R97" s="24" t="s">
         <v>465</v>
       </c>
       <c r="S97" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T97" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U97" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V97" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W97" s="24"/>
       <c r="X97" s="24" t="s">
         <v>466</v>
       </c>
       <c r="Y97" s="24" t="s">
         <v>467</v>
       </c>
       <c r="Z97" s="24" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="98" spans="1:26" ht="27" customHeight="1">
       <c r="A98" s="23" t="s">
         <v>469</v>
       </c>
       <c r="B98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E98" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H98" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K98" s="24"/>
       <c r="L98" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M98" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O98" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P98" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q98" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U98" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V98" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W98" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X98" s="24"/>
       <c r="Y98" s="24"/>
       <c r="Z98" s="24"/>
     </row>
     <row r="99" spans="1:26" ht="27" customHeight="1">
       <c r="A99" s="23" t="s">
         <v>470</v>
       </c>
       <c r="B99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E99" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H99" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I99" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J99" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K99" s="24"/>
       <c r="L99" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M99" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N99" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P99" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q99" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R99" s="23" t="s">
         <v>471</v>
       </c>
       <c r="S99" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T99" s="24" t="s">
         <v>164</v>
       </c>
       <c r="U99" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V99" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W99" s="24"/>
       <c r="X99" s="24"/>
       <c r="Y99" s="24"/>
       <c r="Z99" s="24"/>
     </row>
     <row r="100" spans="1:26" ht="56.45" customHeight="1">
       <c r="A100" s="23" t="s">
         <v>472</v>
       </c>
       <c r="B100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E100" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F100" s="24" t="s">
         <v>473</v>
       </c>
       <c r="G100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H100" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I100" s="24" t="s">
         <v>474</v>
       </c>
       <c r="J100" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K100" s="24" t="s">
         <v>475</v>
       </c>
       <c r="L100" s="24">
         <v>6</v>
       </c>
       <c r="M100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N100" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P100" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q100" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R100" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S100" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T100" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U100" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V100" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W100" s="24"/>
       <c r="X100" s="24" t="s">
         <v>476</v>
       </c>
       <c r="Y100" s="24" t="s">
         <v>477</v>
       </c>
       <c r="Z100" s="24" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="101" spans="1:26" ht="27" customHeight="1">
       <c r="A101" s="23" t="s">
         <v>479</v>
       </c>
       <c r="B101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E101" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H101" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K101" s="24"/>
       <c r="L101" s="24">
         <v>6</v>
       </c>
       <c r="M101" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N101" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P101" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q101" s="24" t="s">
         <v>164</v>
       </c>
       <c r="R101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U101" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V101" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W101" s="24"/>
       <c r="X101" s="24" t="s">
         <v>467</v>
       </c>
       <c r="Y101" s="24"/>
       <c r="Z101" s="24"/>
     </row>
     <row r="102" spans="1:26" ht="65.45" customHeight="1">
       <c r="A102" s="23" t="s">
         <v>480</v>
       </c>
       <c r="B102" s="24" t="s">
         <v>464</v>
       </c>
       <c r="C102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E102" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G102" s="24" t="s">
         <v>164</v>
       </c>
       <c r="H102" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I102" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J102" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K102" s="24" t="s">
         <v>481</v>
       </c>
       <c r="L102" s="24">
         <v>6</v>
       </c>
       <c r="M102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="N102" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R102" s="24" t="s">
         <v>482</v>
       </c>
       <c r="S102" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T102" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U102" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V102" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W102" s="24"/>
       <c r="X102" s="24" t="s">
         <v>483</v>
       </c>
       <c r="Y102" s="24" t="s">
         <v>484</v>
       </c>
       <c r="Z102" s="24" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="103" spans="1:26" ht="27" customHeight="1">
       <c r="A103" s="23" t="s">
         <v>486</v>
       </c>
       <c r="B103" s="28" t="s">
         <v>164</v>
       </c>
       <c r="C103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E103" s="24" t="s">
         <v>164</v>
       </c>
       <c r="F103" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H103" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I103" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J103" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K103" s="24" t="s">
         <v>487</v>
       </c>
       <c r="L103" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M103" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N103" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q103" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R103" s="24" t="s">
         <v>488</v>
       </c>
       <c r="S103" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T103" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U103" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V103" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W103" s="24"/>
       <c r="X103" s="24"/>
       <c r="Y103" s="24" t="s">
         <v>489</v>
       </c>
       <c r="Z103" s="24"/>
     </row>
     <row r="104" spans="1:26" ht="27" customHeight="1">
       <c r="A104" s="23" t="s">
         <v>490</v>
       </c>
       <c r="B104" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C104" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D104" s="24" t="s">
         <v>164</v>
       </c>
       <c r="E104" s="24" t="s">
         <v>148</v>
       </c>
       <c r="F104" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G104" s="24" t="s">
         <v>164</v>
       </c>
       <c r="H104" s="24" t="s">
         <v>491</v>
       </c>
       <c r="I104" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J104" s="24" t="s">
         <v>492</v>
       </c>
       <c r="K104" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L104" s="24" t="s">
         <v>493</v>
       </c>
       <c r="M104" s="24" t="s">
         <v>164</v>
       </c>
       <c r="N104" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O104" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P104" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q104" s="24" t="s">
         <v>164</v>
       </c>
       <c r="R104" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S104" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T104" s="24" t="s">
         <v>164</v>
       </c>
       <c r="U104" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V104" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W104" s="24"/>
       <c r="X104" s="24"/>
       <c r="Y104" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Z104" s="24"/>
     </row>
     <row r="105" spans="1:26" ht="27" customHeight="1">
       <c r="A105" s="23" t="s">
         <v>494</v>
       </c>
       <c r="B105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E105" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H105" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K105" s="24"/>
       <c r="L105" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M105" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N105" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O105" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P105" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q105" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U105" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V105" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W105" s="24"/>
       <c r="X105" s="24"/>
       <c r="Y105" s="24"/>
       <c r="Z105" s="24"/>
     </row>
     <row r="106" spans="1:26" ht="60.75" customHeight="1">
       <c r="A106" s="23" t="s">
         <v>495</v>
       </c>
       <c r="B106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E106" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H106" s="24" t="s">
         <v>496</v>
       </c>
       <c r="I106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K106" s="24" t="s">
         <v>497</v>
       </c>
       <c r="L106" s="24">
         <v>6</v>
       </c>
       <c r="M106" s="24" t="s">
         <v>177</v>
       </c>
       <c r="N106" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O106" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P106" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q106" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U106" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V106" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W106" s="24" t="s">
         <v>498</v>
       </c>
       <c r="X106" s="24"/>
       <c r="Y106" s="24" t="s">
         <v>499</v>
       </c>
       <c r="Z106" s="24" t="s">
         <v>500</v>
       </c>
     </row>
     <row r="107" spans="1:26" ht="27" customHeight="1">
       <c r="A107" s="23" t="s">
         <v>501</v>
       </c>
       <c r="B107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D107" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E107" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H107" s="24" t="s">
         <v>502</v>
       </c>
       <c r="I107" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J107" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K107" s="24"/>
       <c r="L107" s="24">
         <v>6</v>
       </c>
       <c r="M107" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P107" s="24" t="s">
         <v>503</v>
       </c>
       <c r="Q107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R107" s="24" t="s">
         <v>504</v>
       </c>
       <c r="S107" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T107" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U107" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V107" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W107" s="24"/>
       <c r="X107" s="24" t="s">
         <v>419</v>
       </c>
       <c r="Y107" s="24" t="s">
         <v>505</v>
       </c>
       <c r="Z107" s="24" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="108" spans="1:26" ht="27" customHeight="1">
       <c r="A108" s="23" t="s">
         <v>506</v>
       </c>
       <c r="B108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E108" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H108" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I108" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J108" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K108" s="24" t="s">
         <v>507</v>
       </c>
       <c r="L108" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M108" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N108" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P108" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q108" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R108" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S108" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T108" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U108" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V108" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W108" s="24"/>
       <c r="X108" s="24"/>
       <c r="Y108" s="29" t="s">
         <v>508</v>
       </c>
       <c r="Z108" s="24" t="s">
         <v>509</v>
       </c>
     </row>
     <row r="109" spans="1:26" ht="27" customHeight="1">
       <c r="A109" s="23" t="s">
         <v>510</v>
       </c>
       <c r="B109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E109" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F109" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I109" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J109" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K109" s="24"/>
       <c r="L109" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M109" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N109" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O109" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P109" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q109" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R109" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S109" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T109" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U109" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V109" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
     </row>
     <row r="110" spans="1:26" ht="56.25" customHeight="1">
       <c r="A110" s="23" t="s">
         <v>511</v>
       </c>
       <c r="B110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D110" s="24" t="s">
         <v>148</v>
       </c>
       <c r="E110" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H110" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I110" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J110" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K110" s="24" t="s">
         <v>512</v>
       </c>
       <c r="L110" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M110" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P110" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q110" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R110" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S110" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T110" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U110" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V110" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W110" s="24" t="s">
         <v>432</v>
       </c>
       <c r="X110" s="24"/>
       <c r="Y110" s="24" t="s">
         <v>513</v>
       </c>
       <c r="Z110" s="24" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="111" spans="1:26" ht="27" customHeight="1">
       <c r="A111" s="23" t="s">
         <v>515</v>
       </c>
       <c r="B111" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C111" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D111" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E111" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F111" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G111" s="24" t="s">
         <v>464</v>
       </c>
       <c r="H111" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I111" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J111" s="24" t="s">
         <v>516</v>
       </c>
       <c r="K111" s="24" t="s">
         <v>467</v>
       </c>
       <c r="L111" s="24">
         <v>6</v>
       </c>
       <c r="M111" s="24" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N111" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O111" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P111" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q111" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R111" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S111" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T111" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U111" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V111" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W111" s="24"/>
       <c r="X111" s="24" t="s">
         <v>487</v>
       </c>
       <c r="Y111" s="24"/>
       <c r="Z111" s="24"/>
     </row>
     <row r="112" spans="1:26" ht="27" customHeight="1">
       <c r="A112" s="23" t="s">
         <v>517</v>
       </c>
       <c r="B112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I112" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J112" s="24" t="s">
+        <v>126</v>
+      </c>
+      <c r="K112" s="24" t="s">
+        <v>318</v>
+      </c>
+      <c r="L112" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="K112" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P112" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q112" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R112" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S112" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T112" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U112" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V112" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W112" s="24"/>
       <c r="X112" s="24"/>
       <c r="Y112" s="24"/>
       <c r="Z112" s="24"/>
     </row>
     <row r="113" spans="1:26" ht="27" customHeight="1">
       <c r="A113" s="23" t="s">
         <v>519</v>
       </c>
       <c r="B113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E113" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F113" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H113" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I113" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J113" s="24" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="K113" s="24" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="L113" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M113" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N113" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P113" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q113" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R113" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S113" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T113" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U113" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V113" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W113" s="24"/>
       <c r="X113" s="24"/>
       <c r="Y113" s="24"/>
       <c r="Z113" s="24"/>
     </row>
     <row r="114" spans="1:26" ht="27" customHeight="1">
       <c r="A114" s="23" t="s">
         <v>520</v>
       </c>
       <c r="B114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I114" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J114" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K114" s="24" t="s">
         <v>521</v>
       </c>
       <c r="L114" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P114" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q114" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R114" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S114" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T114" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U114" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V114" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W114" s="24"/>
       <c r="X114" s="24"/>
       <c r="Y114" s="24"/>
       <c r="Z114" s="24"/>
     </row>
     <row r="115" spans="1:26" ht="27" customHeight="1">
       <c r="A115" s="23" t="s">
         <v>522</v>
       </c>
       <c r="B115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E115" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H115" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I115" s="24" t="s">
         <v>523</v>
       </c>
       <c r="J115" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K115" s="24" t="s">
         <v>524</v>
       </c>
       <c r="L115" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M115" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N115" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q115" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R115" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S115" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T115" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U115" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V115" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W115" s="24"/>
       <c r="X115" s="24" t="s">
         <v>524</v>
       </c>
       <c r="Y115" s="24" t="s">
         <v>525</v>
       </c>
       <c r="Z115" s="24" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="116" spans="1:26" ht="27" customHeight="1">
       <c r="A116" s="23" t="s">
         <v>527</v>
       </c>
       <c r="B116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E116" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F116" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H116" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I116" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J116" s="24" t="s">
         <v>528</v>
       </c>
       <c r="K116" s="24" t="s">
         <v>529</v>
       </c>
       <c r="L116" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M116" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N116" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R116" s="24" t="s">
         <v>530</v>
       </c>
       <c r="S116" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T116" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U116" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V116" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W116" s="24"/>
       <c r="X116" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="Y116" s="24" t="s">
         <v>531</v>
       </c>
       <c r="Z116" s="24" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="117" spans="1:26" ht="27" customHeight="1">
       <c r="A117" s="23" t="s">
         <v>533</v>
       </c>
       <c r="B117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I117" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J117" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K117" s="24"/>
       <c r="L117" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R117" s="24" t="s">
         <v>185</v>
       </c>
       <c r="S117" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T117" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U117" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V117" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W117" s="24"/>
       <c r="X117" s="24"/>
       <c r="Y117" s="24"/>
       <c r="Z117" s="24"/>
     </row>
     <row r="118" spans="1:26" ht="27" customHeight="1">
       <c r="A118" s="23" t="s">
         <v>534</v>
       </c>
       <c r="B118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E118" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H118" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I118" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J118" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K118" s="24" t="s">
         <v>535</v>
       </c>
       <c r="L118" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M118" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N118" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P118" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q118" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R118" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S118" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T118" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U118" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V118" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W118" s="24"/>
       <c r="X118" s="24"/>
       <c r="Y118" s="24"/>
       <c r="Z118" s="24"/>
     </row>
     <row r="119" spans="1:26" ht="27" customHeight="1">
       <c r="A119" s="23" t="s">
         <v>536</v>
       </c>
       <c r="B119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E119" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H119" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I119" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J119" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K119" s="24"/>
       <c r="L119" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M119" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P119" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q119" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R119" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S119" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T119" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U119" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V119" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W119" s="24"/>
       <c r="X119" s="24"/>
       <c r="Y119" s="24"/>
       <c r="Z119" s="24"/>
     </row>
     <row r="120" spans="1:26" ht="27" customHeight="1">
       <c r="A120" s="23" t="s">
         <v>537</v>
       </c>
       <c r="B120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="H120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I120" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J120" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K120" s="21" t="s">
         <v>538</v>
       </c>
       <c r="L120" s="24" t="s">
         <v>445</v>
       </c>
       <c r="M120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R120" s="33" t="s">
         <v>539</v>
       </c>
       <c r="S120" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T120" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U120" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V120" s="24" t="s">
         <v>139</v>
       </c>
       <c r="Y120" s="21" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="121" spans="1:26" ht="36">
       <c r="A121" s="23" t="s">
         <v>541</v>
       </c>
       <c r="B121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E121" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H121" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I121" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J121" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K121" s="24" t="s">
         <v>542</v>
       </c>
       <c r="L121" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M121" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q121" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R121" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S121" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T121" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U121" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V121" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W121" s="24"/>
       <c r="X121" s="24" t="s">
         <v>543</v>
       </c>
       <c r="Y121" s="24"/>
       <c r="Z121" s="24"/>
     </row>
     <row r="122" spans="1:26" ht="37.15" customHeight="1">
       <c r="A122" s="23" t="s">
         <v>544</v>
       </c>
       <c r="B122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C122" s="24" t="s">
         <v>545</v>
       </c>
       <c r="D122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E122" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H122" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I122" s="24" t="s">
         <v>546</v>
       </c>
       <c r="J122" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K122" s="24"/>
       <c r="L122" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M122" s="24" t="s">
         <v>177</v>
       </c>
       <c r="N122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O122" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P122" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q122" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R122" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S122" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T122" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U122" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V122" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W122" s="24"/>
       <c r="X122" s="24"/>
       <c r="Y122" s="24" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="Z122" s="24"/>
     </row>
     <row r="123" spans="1:26" ht="27" customHeight="1">
       <c r="A123" s="23" t="s">
         <v>547</v>
       </c>
       <c r="B123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E123" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F123" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H123" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I123" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J123" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K123" s="24" t="s">
         <v>548</v>
       </c>
       <c r="L123" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M123" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N123" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P123" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q123" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R123" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S123" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T123" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U123" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V123" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W123" s="24"/>
       <c r="X123" s="24"/>
       <c r="Y123" s="24"/>
       <c r="Z123" s="24"/>
     </row>
     <row r="124" spans="1:26" ht="27" customHeight="1">
       <c r="A124" s="23" t="s">
         <v>549</v>
       </c>
       <c r="B124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E124" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F124" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H124" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I124" s="24" t="s">
         <v>550</v>
       </c>
       <c r="J124" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K124" s="24" t="s">
         <v>524</v>
       </c>
       <c r="L124" s="24">
         <v>6</v>
       </c>
       <c r="M124" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N124" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P124" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q124" s="24" t="s">
         <v>191</v>
       </c>
       <c r="R124" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S124" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T124" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U124" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V124" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W124" s="24"/>
       <c r="X124" s="24" t="s">
         <v>551</v>
       </c>
       <c r="Y124" s="24"/>
       <c r="Z124" s="24"/>
     </row>
     <row r="125" spans="1:26" ht="27" customHeight="1">
       <c r="A125" s="23" t="s">
         <v>552</v>
       </c>
       <c r="B125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E125" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F125" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H125" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I125" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J125" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K125" s="24" t="s">
         <v>553</v>
       </c>
       <c r="L125" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M125" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N125" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q125" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R125" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S125" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T125" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U125" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V125" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W125" s="24"/>
       <c r="Y125" s="24"/>
       <c r="Z125" s="24"/>
     </row>
     <row r="126" spans="1:26" ht="27" customHeight="1">
       <c r="A126" s="23" t="s">
         <v>554</v>
       </c>
       <c r="B126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E126" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H126" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I126" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J126" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K126" s="24" t="s">
         <v>555</v>
       </c>
       <c r="L126" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M126" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O126" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P126" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q126" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R126" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S126" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T126" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U126" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V126" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W126" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X126" s="24" t="s">
         <v>556</v>
       </c>
       <c r="Y126" s="24" t="s">
         <v>531</v>
       </c>
       <c r="Z126" s="24" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="127" spans="1:26" ht="93.75" customHeight="1">
       <c r="A127" s="23" t="s">
         <v>557</v>
       </c>
       <c r="B127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C127" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D127" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E127" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H127" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I127" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J127" s="24" t="s">
         <v>558</v>
       </c>
       <c r="K127" s="24" t="s">
         <v>559</v>
       </c>
       <c r="L127" s="24">
         <v>6</v>
       </c>
       <c r="M127" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q127" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R127" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S127" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T127" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U127" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V127" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W127" s="24"/>
       <c r="X127" s="24" t="s">
         <v>352</v>
       </c>
       <c r="Y127" s="34" t="s">
         <v>560</v>
       </c>
       <c r="Z127" s="24" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="128" spans="1:26" ht="75" customHeight="1">
       <c r="A128" s="23" t="s">
         <v>562</v>
       </c>
       <c r="B128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E128" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F128" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H128" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I128" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J128" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K128" s="24"/>
       <c r="L128" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M128" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N128" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q128" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R128" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S128" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T128" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U128" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V128" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W128" s="24"/>
       <c r="X128" s="24" t="s">
         <v>563</v>
       </c>
       <c r="Y128" s="24" t="s">
         <v>564</v>
       </c>
       <c r="Z128" s="24" t="s">
         <v>565</v>
       </c>
     </row>
     <row r="129" spans="1:26" ht="48.75" customHeight="1">
       <c r="A129" s="23" t="s">
         <v>566</v>
       </c>
       <c r="B129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E129" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H129" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I129" s="24" t="s">
         <v>567</v>
       </c>
       <c r="J129" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K129" s="24" t="s">
         <v>568</v>
       </c>
       <c r="L129" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M129" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N129" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P129" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q129" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R129" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S129" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T129" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U129" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V129" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W129" s="24"/>
       <c r="X129" s="24"/>
       <c r="Y129" s="24"/>
       <c r="Z129" s="24"/>
     </row>
     <row r="130" spans="1:26" ht="27" customHeight="1">
       <c r="A130" s="23" t="s">
         <v>569</v>
       </c>
       <c r="B130" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C130" s="24" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D130" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E130" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F130" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="G130" s="24" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="H130" s="24" t="s">
         <v>164</v>
       </c>
       <c r="I130" s="24"/>
       <c r="J130" s="24"/>
       <c r="K130" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L130" s="24">
         <v>6</v>
       </c>
       <c r="M130" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N130" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O130" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P130" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q130" s="24" t="s">
         <v>347</v>
       </c>
       <c r="R130" s="33" t="s">
         <v>337</v>
       </c>
       <c r="S130" s="33" t="s">
         <v>148</v>
       </c>
       <c r="T130" s="33" t="s">
         <v>164</v>
       </c>
       <c r="U130" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V130" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W130" s="24"/>
       <c r="X130" s="24" t="s">
         <v>570</v>
       </c>
       <c r="Y130" s="24"/>
       <c r="Z130" s="24"/>
     </row>
     <row r="131" spans="1:26" ht="27" customHeight="1">
       <c r="A131" s="23" t="s">
         <v>571</v>
       </c>
       <c r="B131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E131" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F131" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H131" s="24" t="s">
         <v>160</v>
       </c>
       <c r="I131" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J131" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K131" s="24" t="s">
         <v>572</v>
       </c>
       <c r="L131" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M131" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N131" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P131" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q131" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R131" s="24" t="s">
         <v>530</v>
       </c>
       <c r="S131" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T131" s="25" t="s">
         <v>366</v>
       </c>
       <c r="U131" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V131" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W131" s="24"/>
       <c r="X131" s="24"/>
       <c r="Y131" s="24" t="s">
         <v>573</v>
       </c>
       <c r="Z131" s="24" t="s">
         <v>574</v>
       </c>
     </row>
     <row r="132" spans="1:26" ht="39.6" customHeight="1">
       <c r="A132" s="23" t="s">
         <v>575</v>
       </c>
       <c r="B132" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C132" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D132" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E132" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F132" s="24" t="s">
         <v>576</v>
       </c>
       <c r="G132" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H132" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I132" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J132" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K132" s="24" t="s">
         <v>577</v>
       </c>
       <c r="L132" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M132" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N132" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O132" s="24" t="s">
         <v>578</v>
       </c>
       <c r="P132" s="24" t="s">
         <v>503</v>
       </c>
       <c r="Q132" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R132" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S132" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T132" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U132" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V132" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W132" s="24"/>
       <c r="X132" s="24" t="s">
         <v>579</v>
       </c>
       <c r="Y132" s="24" t="s">
         <v>580</v>
       </c>
       <c r="Z132" s="24" t="s">
         <v>581</v>
       </c>
     </row>
     <row r="133" spans="1:26" ht="27" customHeight="1">
       <c r="A133" s="23" t="s">
         <v>582</v>
       </c>
       <c r="B133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E133" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H133" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I133" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J133" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K133" s="24" t="s">
         <v>583</v>
       </c>
       <c r="L133" s="24" t="s">
+        <v>127</v>
+      </c>
+      <c r="M133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="N133" s="24" t="s">
+        <v>125</v>
+      </c>
+      <c r="O133" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="P133" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="Q133" s="24" t="s">
+        <v>124</v>
+      </c>
+      <c r="R133" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="S133" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="T133" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="U133" s="33" t="s">
+        <v>126</v>
+      </c>
+      <c r="V133" s="24" t="s">
         <v>128</v>
       </c>
-      <c r="M133" s="24" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="W133" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="X133" s="24"/>
       <c r="Y133" s="24" t="s">
         <v>584</v>
       </c>
       <c r="Z133" s="24"/>
     </row>
     <row r="134" spans="1:26" ht="185.45" customHeight="1">
       <c r="A134" s="23" t="s">
         <v>585</v>
       </c>
       <c r="B134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E134" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H134" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I134" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J134" s="24" t="s">
         <v>586</v>
       </c>
       <c r="K134" s="24" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L134" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M134" s="24" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="N134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O134" s="24" t="s">
         <v>587</v>
       </c>
       <c r="P134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q134" s="24" t="s">
         <v>587</v>
       </c>
       <c r="R134" s="24" t="s">
         <v>153</v>
       </c>
       <c r="S134" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T134" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U134" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V134" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W134" s="24" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="X134" s="24" t="s">
         <v>588</v>
       </c>
       <c r="Y134" s="24" t="s">
         <v>589</v>
       </c>
       <c r="Z134" s="24" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="135" spans="1:26" ht="144">
       <c r="A135" s="23" t="s">
         <v>590</v>
       </c>
       <c r="B135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E135" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G135" s="24" t="s">
         <v>591</v>
       </c>
       <c r="H135" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I135" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J135" s="24" t="s">
         <v>592</v>
       </c>
       <c r="K135" s="24" t="s">
         <v>467</v>
       </c>
       <c r="L135" s="24">
         <v>6</v>
       </c>
       <c r="M135" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N135" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q135" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R135" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S135" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T135" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U135" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V135" s="24" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="W135" s="24" t="s">
         <v>432</v>
       </c>
       <c r="X135" s="24"/>
       <c r="Y135" s="24"/>
       <c r="Z135" s="24"/>
     </row>
     <row r="136" spans="1:26" ht="108">
       <c r="A136" s="23" t="s">
         <v>593</v>
       </c>
       <c r="B136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E136" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F136" s="24" t="s">
         <v>594</v>
       </c>
       <c r="G136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H136" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I136" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J136" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K136" s="24" t="s">
         <v>595</v>
       </c>
       <c r="L136" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M136" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N136" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P136" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q136" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R136" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S136" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T136" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U136" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V136" s="24" t="s">
         <v>596</v>
       </c>
       <c r="W136" s="24"/>
       <c r="X136" s="24"/>
       <c r="Y136" s="24"/>
       <c r="Z136" s="24"/>
     </row>
     <row r="137" spans="1:26" ht="27" customHeight="1">
       <c r="A137" s="23" t="s">
         <v>597</v>
       </c>
       <c r="B137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E137" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H137" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I137" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J137" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K137" s="24" t="s">
         <v>598</v>
       </c>
       <c r="L137" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M137" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N137" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O137" s="24" t="s">
         <v>178</v>
       </c>
       <c r="P137" s="24" t="s">
         <v>178</v>
       </c>
       <c r="Q137" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R137" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S137" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T137" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U137" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V137" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W137" s="24" t="s">
         <v>164</v>
       </c>
       <c r="X137" s="24"/>
       <c r="Y137" s="24" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="Z137" s="24"/>
     </row>
     <row r="138" spans="1:26" ht="27" customHeight="1">
       <c r="A138" s="23" t="s">
         <v>599</v>
       </c>
       <c r="B138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D138" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="E138" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G138" s="24" t="s">
         <v>600</v>
       </c>
       <c r="H138" s="24" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="I138" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J138" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K138" s="24" t="s">
         <v>601</v>
       </c>
       <c r="L138" s="24">
         <v>6</v>
       </c>
       <c r="M138" s="24" t="s">
         <v>398</v>
       </c>
       <c r="N138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="O138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q138" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R138" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S138" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T138" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U138" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V138" s="24" t="s">
         <v>602</v>
       </c>
       <c r="W138" s="24"/>
       <c r="X138" s="24" t="s">
         <v>603</v>
       </c>
       <c r="Y138" s="24" t="s">
         <v>604</v>
       </c>
       <c r="Z138" s="24" t="s">
         <v>605</v>
       </c>
     </row>
     <row r="139" spans="1:26" ht="27" customHeight="1">
       <c r="A139" s="23" t="s">
         <v>606</v>
       </c>
       <c r="B139" s="24" t="s">
         <v>164</v>
       </c>
       <c r="C139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E139" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H139" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I139" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J139" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K139" s="24" t="s">
         <v>607</v>
       </c>
       <c r="L139" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M139" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N139" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O139" s="24" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="P139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R139" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S139" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="T139" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="U139" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V139" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W139" s="24"/>
       <c r="X139" s="24"/>
       <c r="Y139" s="24"/>
       <c r="Z139" s="24"/>
     </row>
     <row r="140" spans="1:26" ht="150.6" customHeight="1">
       <c r="A140" s="23" t="s">
         <v>608</v>
       </c>
       <c r="B140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D140" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F140" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G140" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I140" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J140" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K140" s="24" t="s">
         <v>609</v>
       </c>
       <c r="L140" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N140" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O140" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P140" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q140" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R140" s="33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S140" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T140" s="33" t="s">
         <v>164</v>
       </c>
       <c r="U140" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V140" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W140" s="24"/>
       <c r="X140" s="24" t="s">
         <v>610</v>
       </c>
       <c r="Y140" s="24" t="s">
         <v>611</v>
       </c>
       <c r="Z140" s="24"/>
     </row>
     <row r="141" spans="1:26" ht="181.9" customHeight="1">
       <c r="A141" s="23" t="s">
         <v>612</v>
       </c>
       <c r="B141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E141" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="G141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H141" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I141" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J141" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K141" s="24" t="s">
         <v>613</v>
       </c>
       <c r="L141" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M141" s="24" t="s">
         <v>164</v>
       </c>
       <c r="N141" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q141" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R141" s="24" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="S141" s="24" t="s">
         <v>148</v>
       </c>
       <c r="T141" s="24" t="s">
         <v>164</v>
       </c>
       <c r="U141" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V141" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W141" s="24"/>
       <c r="X141" s="24" t="s">
         <v>614</v>
       </c>
       <c r="Y141" s="24" t="s">
         <v>615</v>
       </c>
       <c r="Z141" s="24" t="s">
         <v>616</v>
       </c>
     </row>
     <row r="142" spans="1:26" ht="33" customHeight="1">
       <c r="A142" s="23" t="s">
         <v>617</v>
       </c>
       <c r="B142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E142" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F142" s="24" t="s">
         <v>148</v>
       </c>
       <c r="G142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H142" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="I142" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="J142" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K142" s="24" t="s">
         <v>618</v>
       </c>
       <c r="L142" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M142" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N142" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P142" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q142" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="R142" s="24" t="s">
         <v>619</v>
       </c>
       <c r="S142" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T142" s="24" t="s">
         <v>164</v>
       </c>
       <c r="U142" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V142" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W142" s="24"/>
       <c r="X142" s="24" t="s">
         <v>467</v>
       </c>
       <c r="Y142" s="24" t="s">
         <v>620</v>
       </c>
       <c r="Z142" s="24" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="143" spans="1:26" ht="27" customHeight="1">
       <c r="A143" s="23" t="s">
         <v>622</v>
       </c>
       <c r="B143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E143" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F143" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H143" s="24" t="s">
         <v>487</v>
       </c>
       <c r="I143" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J143" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K143" s="24"/>
       <c r="L143" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M143" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N143" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q143" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R143" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S143" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T143" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U143" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V143" s="24" t="s">
         <v>139</v>
       </c>
       <c r="W143" s="24"/>
       <c r="X143" s="24" t="s">
         <v>623</v>
       </c>
       <c r="Y143" s="24"/>
       <c r="Z143" s="24"/>
     </row>
     <row r="144" spans="1:26" ht="27" customHeight="1">
       <c r="A144" s="23" t="s">
         <v>624</v>
       </c>
       <c r="B144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="C144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="E144" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="F144" s="24" t="s">
         <v>135</v>
       </c>
       <c r="G144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H144" s="24" t="s">
         <v>487</v>
       </c>
       <c r="I144" s="24" t="s">
         <v>518</v>
       </c>
       <c r="J144" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="K144" s="24" t="s">
         <v>625</v>
       </c>
       <c r="L144" s="24" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="M144" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="N144" s="24" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="O144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="P144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="Q144" s="24" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="R144" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="S144" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="T144" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="U144" s="33" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="V144" s="24" t="s">
         <v>487</v>
       </c>
       <c r="W144" s="24"/>
       <c r="X144" s="24" t="s">
         <v>467</v>
       </c>
       <c r="Y144" s="24" t="s">
         <v>626</v>
       </c>
       <c r="Z144" s="24"/>
     </row>
     <row r="146" spans="1:1" ht="22.15" customHeight="1">
       <c r="A146" s="20" t="s">
         <v>627</v>
       </c>
     </row>
     <row r="147" spans="1:1" s="20" customFormat="1" ht="22.15" customHeight="1">
       <c r="A147" s="20" t="s">
         <v>628</v>
       </c>
     </row>
     <row r="148" spans="1:1" ht="22.15" customHeight="1">
       <c r="A148" s="20" t="s">
         <v>629</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection selectLockedCells="1" selectUnlockedCells="1"/>
-  <autoFilter ref="A4:Z144" xr:uid="{25AEBF41-C422-46E5-800E-DB9B55140446}">
-[...3 lines deleted...]
-  </autoFilter>
+  <autoFilter ref="A1:Z1" xr:uid="{00000000-0001-0000-0100-000000000000}"/>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A9:XFC148">
     <sortCondition ref="A9:A148"/>
   </sortState>
   <mergeCells count="17">
+    <mergeCell ref="A3:A4"/>
+    <mergeCell ref="B3:B4"/>
+    <mergeCell ref="C3:C4"/>
+    <mergeCell ref="E3:E4"/>
+    <mergeCell ref="F3:F4"/>
+    <mergeCell ref="D3:D4"/>
     <mergeCell ref="X3:Y3"/>
     <mergeCell ref="K3:K4"/>
     <mergeCell ref="V3:V4"/>
     <mergeCell ref="G3:G4"/>
     <mergeCell ref="H3:H4"/>
     <mergeCell ref="N3:Q3"/>
     <mergeCell ref="R3:U3"/>
     <mergeCell ref="J3:J4"/>
     <mergeCell ref="I3:I4"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="W3:W4"/>
-    <mergeCell ref="A3:A4"/>
-[...4 lines deleted...]
-    <mergeCell ref="D3:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="50" orientation="landscape" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="38e74670-9471-4468-836d-18629fb1129a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="a0b3e579-6294-4a3c-8ce7-976f8056e785">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101005B47287F3A1B1E4AB534A6E215B59B40" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="9147a9e99148ced0d436fb619c94a851">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="a0b3e579-6294-4a3c-8ce7-976f8056e785" xmlns:ns3="38e74670-9471-4468-836d-18629fb1129a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6990c29eb0f38d0b172acf6d23c7469e" ns2:_="" ns3:_="">
     <xsd:import namespace="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <xsd:import namespace="38e74670-9471-4468-836d-18629fb1129a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
@@ -18674,96 +19257,85 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{51443696-2C98-4A4E-9B60-B1A7C971A382}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
+    <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B308BBAF-0F30-45E4-B8FB-0C7BB28E90A4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
     <ds:schemaRef ds:uri="38e74670-9471-4468-836d-18629fb1129a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...9 lines deleted...]
-    <ds:schemaRef ds:uri="a0b3e579-6294-4a3c-8ce7-976f8056e785"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{277CCF98-14E6-4509-8967-1FF4AD68A4DE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" contentBits="2" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">