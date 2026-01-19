--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -33,61 +33,61 @@
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28227"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29426"/>
   <fileSharing readOnlyRecommended="1"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\doris.min\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://mydocs.msc.com/personal/doris_min_msc_com/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B971F82F-575B-4661-8FA3-E29A345A59E7}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{4B90BB96-F6F9-4577-A8A8-593AA56FEC9F}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" tabRatio="754" firstSheet="1" activeTab="2" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" tabRatio="754" firstSheet="4" activeTab="8" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="收发通注意事项" sheetId="1" r:id="rId1"/>
     <sheet name="港口名称显示及注意事项" sheetId="2" r:id="rId2"/>
     <sheet name="货描" sheetId="3" r:id="rId3"/>
     <sheet name="转运注意事项" sheetId="5" r:id="rId4"/>
     <sheet name="特殊号码" sheetId="4" r:id="rId5"/>
     <sheet name="内支线注意事项" sheetId="6" r:id="rId6"/>
     <sheet name="显运提单" sheetId="7" r:id="rId7"/>
     <sheet name="SI常见错误操作" sheetId="8" r:id="rId8"/>
     <sheet name=" COV SI &amp; late SI" sheetId="9" r:id="rId9"/>
     <sheet name="ENS" sheetId="10" r:id="rId10"/>
     <sheet name="AMS OF USA CANADA MEXICO" sheetId="11" r:id="rId11"/>
     <sheet name="AMS Cheetah" sheetId="12" r:id="rId12"/>
     <sheet name="联东网站" sheetId="13" r:id="rId13"/>
     <sheet name="联东申请事宜" sheetId="14" r:id="rId14"/>
     <sheet name="联东申请事宜-1" sheetId="19" r:id="rId15"/>
     <sheet name="SI分并单错误" sheetId="20" r:id="rId16"/>
     <sheet name="更改注意事项" sheetId="15" r:id="rId17"/>
     <sheet name="电放异放注意事项" sheetId="16" r:id="rId18"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">收发通注意事项!$A$11:$AA$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="1">港口名称显示及注意事项!$A$2:$C$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="1">特殊号码!$A$3:$F$51</definedName>
@@ -143,51 +143,51 @@
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
     <comment ref="C31" authorId="1" shapeId="0" xr:uid="{37DBAFE9-CF01-427A-97A6-41657F816CC4}">
       <text>
         <r>
           <rPr>
             <sz val="9"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <charset val="1"/>
           </rPr>
           <t xml:space="preserve">如涉及货代单(HBL)的拼箱货，多个HS code, 且前 6 位不同，需分列品名件毛体。
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1169" uniqueCount="819">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1162" uniqueCount="813">
   <si>
     <t xml:space="preserve">Alexandria El Dekheila </t>
   </si>
   <si>
     <t>New PORT</t>
   </si>
   <si>
     <t xml:space="preserve">Alexandria old Port </t>
   </si>
   <si>
     <t>ALGIERS</t>
   </si>
   <si>
     <t>APAPA</t>
   </si>
   <si>
     <t>Apapa port , Apapa SEAPORT</t>
   </si>
   <si>
     <t>BAHRAIN</t>
   </si>
   <si>
     <t>BASSENS</t>
   </si>
   <si>
@@ -1829,62 +1829,50 @@
   </si>
   <si>
     <t>注：若S/I发送后有任何更改， 请参考改单流程详细内容。</t>
   </si>
   <si>
     <t>客户需严格遵守船期表上SI CUT OFF时间发送ESI ，如贵司有任何ESI 的递交是晚于CUT OFF 的，必须按要求向trade申请。任何未按正确流程申请，LATE EDI将会被忽略。</t>
   </si>
   <si>
     <t>&gt;&gt;ENS/AMS LATE SI申请流程</t>
   </si>
   <si>
     <t xml:space="preserve">  Booking number: 177XXXXXXXXXXX
    B/L number: MEDUSYXXXX
    Container number: MEDUXXXXXX
    COV/Short-ship from A vessel/voyage: xxx
    To B vessel/voyage: xxx   
    Freighted B/L:  Y or N 
    ONBL POL:(提单上需要如何显示，应该与提交的SI 一致）
    ONBL POD:(提单上需要如何显示，应该与提交的SI 一致）   </t>
   </si>
   <si>
     <t>邮件内容：</t>
   </si>
   <si>
     <t>发送邮件主题：ESI submitted before COV/Short-ship–Booking number 177XXXXXXXXXXX – NEW  VESSEL/VOYAGE</t>
-  </si>
-[...10 lines deleted...]
-    <t>航线:</t>
   </si>
   <si>
     <t>1.凡更换船名后（无论客户要求COV、我司要求换船或者漏装），若A船上未提交过S/I，请按照B船的船名/航线直接提交</t>
   </si>
   <si>
     <t xml:space="preserve">提交S/I后需更换船名（COV）或漏装（Short-ship）的情况下, 必须发送邮件通知DOC </t>
   </si>
   <si>
     <t xml:space="preserve">&gt;&gt;COV 申请批复完成后，需要发送邮件通知DOC </t>
   </si>
   <si>
     <t xml:space="preserve">所有ENS 由MSC 代发,  请不要在SI 上勾选AMS SEND TO US/CA/PUERTO RICO CUSTOMS BY NVOCC .MH8 user 请按照如下（图1）方式正确提交SI  </t>
   </si>
   <si>
     <t xml:space="preserve">&gt;&gt;MH8 USER: </t>
   </si>
   <si>
     <r>
       <t>√</t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="Calibri"/>
@@ -3389,56 +3377,50 @@
   <si>
     <t xml:space="preserve">
 1)CNEE
 2)cargo description
 </t>
   </si>
   <si>
     <t>Import License Number(ARC)</t>
   </si>
   <si>
     <t>Libya</t>
   </si>
   <si>
     <t>ACI</t>
   </si>
   <si>
     <t>cargo description</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
     <t>ACD</t>
   </si>
   <si>
-    <t>177 A, 177D ,  177E ,  177F , 177I , 177M , 177N , 177R , 177T , 177Y</t>
-[...4 lines deleted...]
-  <si>
     <t xml:space="preserve"> This booking was combined with another booking in the previous vessel. We have sent ESI on new vessel.
   Booking number: 177XXXXXXXXXXX
    B/L number: MEDUSYXXXX
    Container number: MEDUXXXXXX
    COV/Short-ship from A vessel/voyage: xxx
    To B vessel/voyage: xxx   
    Previous booking# combined into: 177XXXXXXXXXXX   </t>
   </si>
   <si>
     <t xml:space="preserve">Format A: </t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">发送邮件主题: ESI submitted for combine BL </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="14"/>
         <color rgb="FFFF0000"/>
         <rFont val="Calibri"/>
         <family val="2"/>
       </rPr>
       <t>after</t>
     </r>
@@ -3453,57 +3435,58 @@
       <t xml:space="preserve"> COV/Short-ship–Booking number 177XXXXXXXXXXX – NEW VESSEL/VOYAGE
 邮件内容：</t>
     </r>
   </si>
   <si>
     <t>发送邮件主题：ESI submitted before COV/Short-ship–Booking number 177XXXXXXXXXXX – NEW  VESSEL/VOYAGE &lt;ICS2 declaration update&gt;
 邮件内容：</t>
   </si>
   <si>
     <t>Format C: 若由于换船原因此票原本无需ICS2 申报的货物改为需要申报的情况，请发送此通知给文件部。若同时涉及上述多种情况Format C可以结合实际情况与Format A或Format B一同发送。</t>
   </si>
   <si>
     <t xml:space="preserve">Due COV and routing changed, ICS2 filing is required to this shipment, please update ENF/EORI information as following:
   Booking number: 177XXXXXXXXXXX
   B/L number: MEDUSYXXXX
 House Bill(s) included in the shipment: Y or N
 Goods delivered in EU:: Y or N
 Buyer and seller information equal to shipper and consignee: Y or N
 EORI of the supplementary declarant:
   </t>
   </si>
   <si>
     <t>Format B: 仅整箱并单的情况下若有部分订舱号未上船需漏装至B船:如主订舱号A已发送SI但未上船，建议客人在B船使用新订舱号重新订舱，并以新订舱号直接发送SI。 若副票订舱号没有上船且之前未提交过SI，则可以使用原订舱号请直接按B船名发送SI.</t>
   </si>
   <si>
-    <t>2.若在A船上已提交过S/I，订舱代理必须另行发送邮件通知，在离截单时间2个工作小时内，客户发送提单信息更改通知格式如下（Format A)， 通知不得晚于截单时间前2个工作小时。</t>
-[...1 lines deleted...]
-  <si>
     <t>Romania</t>
   </si>
   <si>
     <t>Belgium</t>
+  </si>
+  <si>
+    <t>2.若在A船上已提交过S/I且对提单起运港（ONBL POL）、目的港（ONBL POD）和目的地（ONBL FINAL DEST）有特殊显示需求，订舱代理必须另行发送邮件通知，在离截单时间2个工作小时内，
+客户发送提单信息更改通知格式如下（Format A)， 通知不得晚于截单时间前2个工作小时。</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="82">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -4046,51 +4029,51 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="7" tint="0.79998168889431442"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="84">
+  <borders count="81">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
       </left>
       <right style="medium">
         <color rgb="FFFFFFFF"/>
       </right>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color rgb="FFFFFFFF"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color rgb="FFFFFFFF"/>
@@ -4553,87 +4536,50 @@
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="thin">
-        <color indexed="64"/>
-[...35 lines deleted...]
-      <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="medium">
         <color rgb="FFFFFFFF"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
@@ -5223,51 +5169,51 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="80" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="330">
+  <cellXfs count="320">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
@@ -5398,426 +5344,417 @@
     <xf numFmtId="0" fontId="26" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="7" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="14" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="51" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="52" fillId="0" borderId="22" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="41" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="8" borderId="24" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="41" fillId="8" borderId="44" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...7 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="32" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="33" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="53" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="53" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="55" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="56" fillId="8" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="8" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="51" fillId="8" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="51" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="58" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="47" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="2" borderId="21" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="51" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="52" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="42" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="50" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="53" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment vertical="center" wrapText="1" readingOrder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="8" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="8" borderId="54" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="55" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="56" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="10" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="59" fillId="10" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="41" fillId="8" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="8" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="41" fillId="4" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="4" borderId="57" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="4" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="4" borderId="58" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="59" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="41" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="41" fillId="4" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="41" fillId="4" borderId="60" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="8" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="8" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="8" borderId="61" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="60" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="62" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="62" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="62" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="63" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="64" fillId="0" borderId="29" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="8" borderId="48" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="8" borderId="45" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="60" fillId="8" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="60" fillId="8" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="66" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="68" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="69" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="top" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="70" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="71" fillId="12" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="72" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="73" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="74" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="72" fillId="10" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="10" borderId="76" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="10" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="10" borderId="77" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="10" borderId="49" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="10" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="75" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="46" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="56" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="57" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="58" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="10" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="10" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="10" borderId="73" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="10" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="26" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="25" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="52" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="49" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="27" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="42" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="73" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="77" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="13" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="82" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="79" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="78" fillId="3" borderId="83" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="78" fillId="3" borderId="80" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="3" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="79" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
@@ -5836,356 +5773,335 @@
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="1" applyFont="1"/>
     <xf numFmtId="0" fontId="39" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="38" fillId="7" borderId="0" xfId="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="24" fillId="4" borderId="0" xfId="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="40" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="50" fillId="4" borderId="71" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="50" fillId="4" borderId="68" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="46" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="8" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="26" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="25" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="27" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="40" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="39" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="38" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="41" fillId="8" borderId="37" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="35" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="34" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="33" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="32" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="31" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="30" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="15" fillId="2" borderId="29" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="39" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="16" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="36" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...46 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="41" fillId="8" borderId="23" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="8" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...13 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="41" fillId="8" borderId="28" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="8" borderId="14" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="33" fillId="4" borderId="46" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="4" borderId="43" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="57" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="5" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="30" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="52" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="65" fillId="11" borderId="62" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="61" fillId="0" borderId="65" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="61" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="32" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="5" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="33" fillId="3" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="3" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="3" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="5" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="5" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="33" fillId="5" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    <xf numFmtId="0" fontId="15" fillId="3" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="3" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="4" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="64" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="4" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="4" borderId="63" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="6" borderId="70" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="15" fillId="6" borderId="67" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="40" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="40" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="67" fillId="4" borderId="71" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="67" fillId="4" borderId="68" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="5" borderId="66" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="33" fillId="5" borderId="65" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="18" fillId="4" borderId="72" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="69" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="75" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="72" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="62" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="59" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="24" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="23" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="40" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="33" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="54" fillId="0" borderId="31" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="63" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="60" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="72" fillId="0" borderId="74" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="72" fillId="0" borderId="71" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="79" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="76" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="81" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="78" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="75" fillId="0" borderId="47" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="75" fillId="0" borderId="44" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="15" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="5" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
+    </xf>
     <xf numFmtId="0" fontId="34" fillId="6" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
     <xf numFmtId="0" fontId="34" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
-[...10 lines deleted...]
-    <xf numFmtId="0" fontId="18" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1" readingOrder="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="137">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Normal 3" xfId="2" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Normal 3 2" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Normal 3 2 2" xfId="6" xr:uid="{BA8755F9-9B3D-4029-8772-DCBD803246DD}"/>
     <cellStyle name="Normal 3 2 2 2" xfId="10" xr:uid="{EC6F7132-90DD-46BD-B53E-240FD6381AF3}"/>
     <cellStyle name="Normal 3 2 2 2 2" xfId="18" xr:uid="{F94B9499-64EF-49D0-A5AE-5B5D51066937}"/>
     <cellStyle name="Normal 3 2 2 2 2 2" xfId="35" xr:uid="{2EFB3B8C-9CE3-4AF8-B24F-6DB0FEBA9C44}"/>
     <cellStyle name="Normal 3 2 2 2 2 2 2" xfId="68" xr:uid="{B10F64BD-DB47-4251-8B1A-444CADCAF2C6}"/>
     <cellStyle name="Normal 3 2 2 2 2 2 2 2" xfId="132" xr:uid="{B10F64BD-DB47-4251-8B1A-444CADCAF2C6}"/>
     <cellStyle name="Normal 3 2 2 2 2 2 3" xfId="100" xr:uid="{2EFB3B8C-9CE3-4AF8-B24F-6DB0FEBA9C44}"/>
     <cellStyle name="Normal 3 2 2 2 2 3" xfId="52" xr:uid="{248ADEEB-CF72-41B1-B60E-51A627DA478C}"/>
     <cellStyle name="Normal 3 2 2 2 2 3 2" xfId="116" xr:uid="{248ADEEB-CF72-41B1-B60E-51A627DA478C}"/>
     <cellStyle name="Normal 3 2 2 2 2 4" xfId="84" xr:uid="{F94B9499-64EF-49D0-A5AE-5B5D51066937}"/>
     <cellStyle name="Normal 3 2 2 2 3" xfId="27" xr:uid="{4A2963E8-37CC-47E4-8E62-133D6426C80C}"/>
     <cellStyle name="Normal 3 2 2 2 3 2" xfId="60" xr:uid="{D2978474-DC59-416F-8122-393F88480F0A}"/>
     <cellStyle name="Normal 3 2 2 2 3 2 2" xfId="124" xr:uid="{D2978474-DC59-416F-8122-393F88480F0A}"/>
     <cellStyle name="Normal 3 2 2 2 3 3" xfId="92" xr:uid="{4A2963E8-37CC-47E4-8E62-133D6426C80C}"/>
     <cellStyle name="Normal 3 2 2 2 4" xfId="44" xr:uid="{D11FBC59-4777-45EA-A8C1-807D2270FBFD}"/>
     <cellStyle name="Normal 3 2 2 2 4 2" xfId="108" xr:uid="{D11FBC59-4777-45EA-A8C1-807D2270FBFD}"/>
     <cellStyle name="Normal 3 2 2 2 5" xfId="76" xr:uid="{EC6F7132-90DD-46BD-B53E-240FD6381AF3}"/>
@@ -8731,114 +8647,114 @@
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CN177-MSCSHABLPAGO@msc.com" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:CN177-MSCSHABLSLTDE@msc.com" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:F58"/>
   <sheetViews>
     <sheetView topLeftCell="A42" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A61" sqref="A61"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="64.5703125" style="1" customWidth="1"/>
     <col min="2" max="2" width="56.42578125" style="1" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" style="1" customWidth="1"/>
     <col min="4" max="4" width="32.42578125" style="1" customWidth="1"/>
     <col min="5" max="6" width="12.5703125" style="1" customWidth="1"/>
     <col min="7" max="7" width="18.28515625" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" customHeight="1">
-      <c r="A1" s="207" t="s">
+      <c r="A1" s="204" t="s">
         <v>138</v>
       </c>
-      <c r="B1" s="208"/>
+      <c r="B1" s="205"/>
     </row>
     <row r="2" spans="1:4" ht="21" customHeight="1">
-      <c r="A2" s="205" t="s">
+      <c r="A2" s="202" t="s">
         <v>91</v>
       </c>
-      <c r="B2" s="206"/>
+      <c r="B2" s="203"/>
     </row>
     <row r="3" spans="1:4" ht="21" customHeight="1">
       <c r="A3" s="17" t="s">
         <v>130</v>
       </c>
       <c r="B3" s="17"/>
     </row>
     <row r="4" spans="1:4" ht="21" customHeight="1">
       <c r="A4" s="17" t="s">
         <v>129</v>
       </c>
       <c r="B4" s="16"/>
     </row>
     <row r="5" spans="1:4" ht="21" customHeight="1">
-      <c r="A5" s="205" t="s">
+      <c r="A5" s="202" t="s">
         <v>144</v>
       </c>
-      <c r="B5" s="206"/>
+      <c r="B5" s="203"/>
     </row>
     <row r="6" spans="1:4" ht="21" customHeight="1">
-      <c r="A6" s="205" t="s">
+      <c r="A6" s="202" t="s">
         <v>131</v>
       </c>
-      <c r="B6" s="206"/>
+      <c r="B6" s="203"/>
     </row>
     <row r="7" spans="1:4" ht="16.5" customHeight="1">
-      <c r="A7" s="205" t="s">
+      <c r="A7" s="202" t="s">
         <v>145</v>
       </c>
-      <c r="B7" s="206"/>
+      <c r="B7" s="203"/>
     </row>
     <row r="9" spans="1:4" ht="17.25" customHeight="1" thickBot="1">
       <c r="A9" s="16" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="30.75" customHeight="1" thickBot="1">
       <c r="A10" s="4"/>
       <c r="B10" s="4" t="s">
         <v>80</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>81</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="30.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="11" t="s">
         <v>83</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>24</v>
       </c>
@@ -8912,83 +8828,83 @@
       <c r="B16" s="7" t="s">
         <v>24</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>24</v>
       </c>
       <c r="D16" s="7" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="17" spans="1:6" ht="30.75" customHeight="1" thickBot="1">
       <c r="A17" s="9" t="s">
         <v>90</v>
       </c>
       <c r="B17" s="8" t="s">
         <v>24</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>24</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:6" ht="31.5" customHeight="1">
-      <c r="A19" s="210" t="s">
-[...2 lines deleted...]
-      <c r="B19" s="210"/>
+      <c r="A19" s="207" t="s">
+        <v>689</v>
+      </c>
+      <c r="B19" s="207"/>
     </row>
     <row r="20" spans="1:6" ht="21.75" customHeight="1"/>
     <row r="21" spans="1:6" customFormat="1" ht="24.75" customHeight="1">
-      <c r="A21" s="211" t="s">
-[...6 lines deleted...]
-      <c r="F21" s="212"/>
+      <c r="A21" s="208" t="s">
+        <v>778</v>
+      </c>
+      <c r="B21" s="209"/>
+      <c r="C21" s="209"/>
+      <c r="D21" s="209"/>
+      <c r="E21" s="209"/>
+      <c r="F21" s="209"/>
     </row>
     <row r="22" spans="1:6" ht="26.25" customHeight="1">
-      <c r="A22" s="209" t="s">
+      <c r="A22" s="206" t="s">
         <v>146</v>
       </c>
-      <c r="B22" s="208"/>
+      <c r="B22" s="205"/>
     </row>
     <row r="23" spans="1:6" ht="34.5" customHeight="1">
-      <c r="A23" s="205" t="s">
+      <c r="A23" s="202" t="s">
         <v>148</v>
       </c>
-      <c r="B23" s="206"/>
+      <c r="B23" s="203"/>
     </row>
     <row r="24" spans="1:6" ht="16.5" customHeight="1" thickBot="1">
-      <c r="A24" s="205" t="s">
+      <c r="A24" s="202" t="s">
         <v>147</v>
       </c>
-      <c r="B24" s="206"/>
+      <c r="B24" s="203"/>
     </row>
     <row r="25" spans="1:6" ht="38.25" customHeight="1" thickBot="1">
       <c r="A25" s="4" t="s">
         <v>96</v>
       </c>
       <c r="B25" s="4" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="42.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A26" s="4" t="s">
         <v>36</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="27" spans="1:6" ht="46.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A27" s="4" t="s">
         <v>119</v>
       </c>
       <c r="B27" s="7" t="s">
         <v>123</v>
       </c>
     </row>
@@ -9048,54 +8964,54 @@
         <v>124</v>
       </c>
     </row>
     <row r="35" spans="1:2" ht="48.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A35" s="4" t="s">
         <v>22</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="36" spans="1:2" ht="42.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A36" s="4" t="s">
         <v>23</v>
       </c>
       <c r="B36" s="7" t="s">
         <v>128</v>
       </c>
     </row>
     <row r="37" spans="1:2" ht="42.75" customHeight="1" thickTop="1">
       <c r="A37" s="13"/>
       <c r="B37" s="19"/>
     </row>
     <row r="38" spans="1:2" ht="32.25" customHeight="1"/>
     <row r="39" spans="1:2" ht="38.25" customHeight="1" thickBot="1">
-      <c r="A39" s="203" t="s">
+      <c r="A39" s="200" t="s">
         <v>149</v>
       </c>
-      <c r="B39" s="204"/>
+      <c r="B39" s="201"/>
     </row>
     <row r="40" spans="1:2" ht="21.75" customHeight="1" thickBot="1">
       <c r="A40" s="4" t="s">
         <v>140</v>
       </c>
       <c r="B40" s="4" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:2" ht="24.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A41" s="11" t="s">
         <v>92</v>
       </c>
       <c r="B41" s="15" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="42" spans="1:2" ht="27" customHeight="1" thickTop="1" thickBot="1">
       <c r="A42" s="11" t="s">
         <v>94</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>141</v>
       </c>
     </row>
@@ -9157,1736 +9073,1736 @@
     </row>
     <row r="52" spans="1:2" ht="22.5" customHeight="1" thickBot="1">
       <c r="A52" s="7" t="s">
         <v>26</v>
       </c>
       <c r="B52"/>
     </row>
     <row r="53" spans="1:2" ht="22.5" customHeight="1" thickBot="1">
       <c r="A53" s="7" t="s">
         <v>32</v>
       </c>
       <c r="B53"/>
     </row>
     <row r="54" spans="1:2" ht="24" customHeight="1" thickBot="1">
       <c r="A54" s="7" t="s">
         <v>321</v>
       </c>
     </row>
     <row r="55" spans="1:2" ht="23.25" customHeight="1" thickBot="1">
       <c r="A55" s="7" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="56" spans="1:2" ht="24" customHeight="1" thickBot="1">
       <c r="A56" s="7" t="s">
-        <v>788</v>
+        <v>784</v>
       </c>
     </row>
     <row r="57" spans="1:2" ht="24.75" customHeight="1" thickBot="1">
       <c r="A57" s="7" t="s">
-        <v>789</v>
+        <v>785</v>
       </c>
     </row>
     <row r="58" spans="1:2" ht="16.5" thickBot="1">
       <c r="A58" s="7" t="s">
-        <v>798</v>
+        <v>794</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="11">
     <mergeCell ref="A39:B39"/>
     <mergeCell ref="A24:B24"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="A7:B7"/>
     <mergeCell ref="A23:B23"/>
     <mergeCell ref="A5:B5"/>
     <mergeCell ref="A22:B22"/>
     <mergeCell ref="A19:B19"/>
     <mergeCell ref="A21:F21"/>
   </mergeCells>
   <phoneticPr fontId="12" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup paperSize="9" scale="44" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <colBreaks count="1" manualBreakCount="1">
     <brk id="4" max="1048575" man="1"/>
   </colBreaks>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9AAEE8E9-4C76-4FFB-9EA2-15E6EE92DFF1}">
   <dimension ref="A1:E22"/>
   <sheetViews>
     <sheetView topLeftCell="A17" workbookViewId="0">
       <selection activeCell="K7" sqref="K7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="36.28515625" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="31" customWidth="1"/>
     <col min="5" max="5" width="40" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="62.25" customHeight="1" thickBot="1">
-      <c r="A1" s="236" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="207"/>
+      <c r="A1" s="233" t="s">
+        <v>522</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="E1" s="204"/>
     </row>
     <row r="2" spans="1:5" ht="48.75" customHeight="1" thickBot="1">
-      <c r="A2" s="88"/>
-[...3 lines deleted...]
-      <c r="C2" s="87" t="s">
+      <c r="A2" s="85"/>
+      <c r="B2" s="84" t="s">
+        <v>521</v>
+      </c>
+      <c r="C2" s="84" t="s">
         <v>265</v>
       </c>
-      <c r="D2" s="87" t="s">
-[...3 lines deleted...]
-        <v>523</v>
+      <c r="D2" s="84" t="s">
+        <v>520</v>
+      </c>
+      <c r="E2" s="84" t="s">
+        <v>519</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="99" customHeight="1" thickTop="1" thickBot="1">
       <c r="A3" s="56" t="s">
-        <v>522</v>
-[...8 lines deleted...]
-        <v>521</v>
+        <v>518</v>
+      </c>
+      <c r="B3" s="83" t="s">
+        <v>517</v>
+      </c>
+      <c r="C3" s="83" t="s">
+        <v>517</v>
+      </c>
+      <c r="D3" s="83" t="s">
+        <v>517</v>
       </c>
       <c r="E3" s="15" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="13.5" thickTop="1"/>
     <row r="5" spans="1:5" ht="36" customHeight="1"/>
     <row r="6" spans="1:5" ht="36" customHeight="1">
-      <c r="A6" s="207" t="s">
-[...3 lines deleted...]
-      <c r="C6" s="207"/>
+      <c r="A6" s="204" t="s">
+        <v>515</v>
+      </c>
+      <c r="B6" s="204"/>
+      <c r="C6" s="204"/>
     </row>
     <row r="7" spans="1:5" ht="120.75" customHeight="1">
-      <c r="A7" s="276" t="s">
-[...5 lines deleted...]
-      <c r="E7" s="276"/>
+      <c r="A7" s="266" t="s">
+        <v>514</v>
+      </c>
+      <c r="B7" s="266"/>
+      <c r="C7" s="266"/>
+      <c r="D7" s="266"/>
+      <c r="E7" s="266"/>
     </row>
     <row r="8" spans="1:5" ht="63" customHeight="1" thickBot="1">
-      <c r="A8" s="85" t="s">
+      <c r="A8" s="82" t="s">
         <v>212</v>
       </c>
-      <c r="B8" s="85"/>
-      <c r="C8" s="85"/>
+      <c r="B8" s="82"/>
+      <c r="C8" s="82"/>
     </row>
     <row r="9" spans="1:5" ht="63" customHeight="1" thickBot="1">
-      <c r="A9" s="275" t="s">
+      <c r="A9" s="265" t="s">
         <v>211</v>
       </c>
-      <c r="B9" s="275"/>
-      <c r="C9" s="275"/>
+      <c r="B9" s="265"/>
+      <c r="C9" s="265"/>
     </row>
     <row r="10" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A10" s="84" t="s">
+      <c r="A10" s="81" t="s">
         <v>20</v>
       </c>
-      <c r="B10" s="83" t="s">
+      <c r="B10" s="80" t="s">
         <v>165</v>
       </c>
-      <c r="C10" s="82" t="s">
-        <v>517</v>
+      <c r="C10" s="79" t="s">
+        <v>513</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A11" s="80" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="79" t="s">
+      <c r="A11" s="77" t="s">
+        <v>512</v>
+      </c>
+      <c r="B11" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C11" s="76"/>
+    </row>
+    <row r="12" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
+      <c r="A12" s="77" t="s">
+        <v>511</v>
+      </c>
+      <c r="B12" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C12" s="76"/>
+    </row>
+    <row r="13" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
+      <c r="A13" s="77" t="s">
         <v>510</v>
       </c>
-      <c r="C11" s="79"/>
-[...17 lines deleted...]
-      <c r="C13" s="79"/>
+      <c r="B13" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C13" s="76"/>
     </row>
     <row r="14" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A14" s="80" t="s">
-[...5 lines deleted...]
-      <c r="C14" s="81" t="s">
+      <c r="A14" s="77" t="s">
+        <v>509</v>
+      </c>
+      <c r="B14" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C14" s="78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="15" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A15" s="80" t="s">
-[...5 lines deleted...]
-      <c r="C15" s="81" t="s">
+      <c r="A15" s="77" t="s">
+        <v>508</v>
+      </c>
+      <c r="B15" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C15" s="78" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A16" s="80" t="s">
-[...5 lines deleted...]
-      <c r="C16" s="79"/>
+      <c r="A16" s="77" t="s">
+        <v>507</v>
+      </c>
+      <c r="B16" s="76" t="s">
+        <v>506</v>
+      </c>
+      <c r="C16" s="76"/>
     </row>
     <row r="17" spans="1:3" ht="28.5" customHeight="1" thickBot="1">
-      <c r="A17" s="78" t="s">
-[...6 lines deleted...]
-        <v>507</v>
+      <c r="A17" s="75" t="s">
+        <v>505</v>
+      </c>
+      <c r="B17" s="74" t="s">
+        <v>504</v>
+      </c>
+      <c r="C17" s="73" t="s">
+        <v>503</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="33" customHeight="1" thickBot="1">
-      <c r="A21" s="75" t="s">
-[...3 lines deleted...]
-      <c r="C21" s="75"/>
+      <c r="A21" s="72" t="s">
+        <v>502</v>
+      </c>
+      <c r="B21" s="72"/>
+      <c r="C21" s="72"/>
     </row>
     <row r="22" spans="1:3" ht="37.5" customHeight="1" thickBot="1">
-      <c r="A22" s="275" t="s">
-[...3 lines deleted...]
-      <c r="C22" s="275"/>
+      <c r="A22" s="265" t="s">
+        <v>501</v>
+      </c>
+      <c r="B22" s="265"/>
+      <c r="C22" s="265"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A22:C22"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A9:C9"/>
     <mergeCell ref="A7:E7"/>
     <mergeCell ref="A6:C6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{34CE0A0A-C70F-4831-9A54-1A67D998D458}">
   <dimension ref="A1:I62"/>
   <sheetViews>
     <sheetView topLeftCell="A19" workbookViewId="0">
       <selection activeCell="C22" sqref="C22:I22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="2" width="25.140625" customWidth="1"/>
     <col min="3" max="3" width="31" customWidth="1"/>
     <col min="4" max="4" width="32.140625" customWidth="1"/>
     <col min="5" max="5" width="40.7109375" customWidth="1"/>
     <col min="6" max="6" width="23.5703125" customWidth="1"/>
     <col min="7" max="7" width="25.85546875" customWidth="1"/>
     <col min="8" max="8" width="22.5703125" customWidth="1"/>
     <col min="9" max="9" width="24.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" ht="71.25" customHeight="1" thickBot="1">
-      <c r="A1" s="278" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="279"/>
+      <c r="A1" s="267" t="s">
+        <v>561</v>
+      </c>
+      <c r="B1" s="267"/>
+      <c r="C1" s="267"/>
+      <c r="D1" s="268"/>
+      <c r="E1" s="268"/>
+      <c r="F1" s="268"/>
     </row>
     <row r="2" spans="1:6" ht="45" customHeight="1" thickBot="1">
-      <c r="A2" s="280" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="281"/>
+      <c r="A2" s="269" t="s">
+        <v>560</v>
+      </c>
+      <c r="B2" s="269"/>
+      <c r="C2" s="269"/>
+      <c r="D2" s="270"/>
+      <c r="E2" s="270"/>
+      <c r="F2" s="270"/>
     </row>
     <row r="3" spans="1:6" ht="45" customHeight="1">
-      <c r="A3" s="284" t="s">
-[...6 lines deleted...]
-      <c r="F3" s="130"/>
+      <c r="A3" s="274" t="s">
+        <v>559</v>
+      </c>
+      <c r="B3" s="274"/>
+      <c r="C3" s="274"/>
+      <c r="D3" s="274"/>
+      <c r="E3" s="127"/>
+      <c r="F3" s="127"/>
     </row>
     <row r="4" spans="1:6" ht="42" customHeight="1" thickBot="1">
-      <c r="A4" s="282" t="s">
-[...6 lines deleted...]
-      <c r="F4" s="114"/>
+      <c r="A4" s="271" t="s">
+        <v>558</v>
+      </c>
+      <c r="B4" s="271"/>
+      <c r="C4" s="271"/>
+      <c r="D4" s="271"/>
+      <c r="E4" s="111"/>
+      <c r="F4" s="111"/>
     </row>
     <row r="5" spans="1:6" ht="38.25" customHeight="1" thickBot="1">
-      <c r="A5" s="129" t="s">
+      <c r="A5" s="126" t="s">
+        <v>545</v>
+      </c>
+      <c r="B5" s="125" t="s">
+        <v>544</v>
+      </c>
+      <c r="C5" s="125" t="s">
+        <v>557</v>
+      </c>
+      <c r="D5" s="125" t="s">
+        <v>556</v>
+      </c>
+      <c r="E5" s="111"/>
+      <c r="F5" s="111"/>
+    </row>
+    <row r="6" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A6" s="122" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" s="121"/>
+      <c r="C6" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="D6" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="E6" s="111"/>
+      <c r="F6" s="111"/>
+    </row>
+    <row r="7" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A7" s="122" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" s="121" t="s">
+        <v>555</v>
+      </c>
+      <c r="C7" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="D7" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="E7" s="111"/>
+      <c r="F7" s="111"/>
+    </row>
+    <row r="8" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A8" s="122" t="s">
+        <v>555</v>
+      </c>
+      <c r="B8" s="121"/>
+      <c r="C8" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="D8" s="123" t="s">
+        <v>268</v>
+      </c>
+      <c r="E8" s="111"/>
+      <c r="F8" s="111"/>
+    </row>
+    <row r="9" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A9" s="122" t="s">
+        <v>555</v>
+      </c>
+      <c r="B9" s="121" t="s">
+        <v>22</v>
+      </c>
+      <c r="C9" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="D9" s="123" t="s">
+        <v>268</v>
+      </c>
+      <c r="E9" s="111"/>
+      <c r="F9" s="111"/>
+    </row>
+    <row r="10" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A10" s="122" t="s">
+        <v>554</v>
+      </c>
+      <c r="B10" s="121"/>
+      <c r="C10" s="124" t="s">
+        <v>258</v>
+      </c>
+      <c r="D10" s="123" t="s">
+        <v>268</v>
+      </c>
+      <c r="E10" s="111"/>
+      <c r="F10" s="111"/>
+    </row>
+    <row r="11" spans="1:6" ht="30" customHeight="1" thickBot="1">
+      <c r="A11" s="122" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" s="121" t="s">
+        <v>554</v>
+      </c>
+      <c r="C11" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="D11" s="120" t="s">
+        <v>258</v>
+      </c>
+      <c r="E11" s="111"/>
+      <c r="F11" s="111"/>
+    </row>
+    <row r="12" spans="1:6" ht="36.75" customHeight="1" thickBot="1">
+      <c r="A12" s="275" t="s">
+        <v>546</v>
+      </c>
+      <c r="B12" s="275"/>
+      <c r="C12" s="275"/>
+      <c r="D12" s="275"/>
+      <c r="E12" s="111"/>
+      <c r="F12" s="111"/>
+    </row>
+    <row r="13" spans="1:6" ht="36.75" customHeight="1">
+      <c r="A13" s="119" t="s">
+        <v>521</v>
+      </c>
+      <c r="B13" s="118" t="s">
+        <v>265</v>
+      </c>
+      <c r="C13" s="118" t="s">
+        <v>520</v>
+      </c>
+      <c r="D13" s="117" t="s">
+        <v>519</v>
+      </c>
+      <c r="E13" s="116" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="14" spans="1:6" ht="101.25" customHeight="1" thickBot="1">
+      <c r="A14" s="115" t="s">
+        <v>517</v>
+      </c>
+      <c r="B14" s="114" t="s">
+        <v>552</v>
+      </c>
+      <c r="C14" s="114" t="s">
+        <v>551</v>
+      </c>
+      <c r="D14" s="113" t="s">
+        <v>516</v>
+      </c>
+      <c r="E14" s="112" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="15" spans="1:6" ht="36.75" customHeight="1">
+      <c r="A15" s="273"/>
+      <c r="B15" s="273"/>
+      <c r="C15" s="273"/>
+      <c r="D15" s="273"/>
+      <c r="E15" s="111"/>
+      <c r="F15" s="111"/>
+    </row>
+    <row r="16" spans="1:6" ht="36.75" customHeight="1">
+      <c r="A16" s="272" t="s">
         <v>549</v>
       </c>
-      <c r="B5" s="128" t="s">
+      <c r="B16" s="272"/>
+      <c r="C16" s="272"/>
+      <c r="D16" s="272"/>
+      <c r="E16" s="111"/>
+      <c r="F16" s="111"/>
+    </row>
+    <row r="17" spans="1:9" ht="36.75" customHeight="1">
+      <c r="A17" s="273" t="s">
         <v>548</v>
       </c>
-      <c r="C5" s="128" t="s">
-[...9 lines deleted...]
-      <c r="A6" s="125" t="s">
+      <c r="B17" s="273"/>
+      <c r="C17" s="273"/>
+      <c r="D17" s="273"/>
+      <c r="E17" s="111"/>
+      <c r="F17" s="111"/>
+    </row>
+    <row r="18" spans="1:9" ht="36.75" customHeight="1">
+      <c r="A18" s="273" t="s">
+        <v>547</v>
+      </c>
+      <c r="B18" s="273"/>
+      <c r="C18" s="273"/>
+      <c r="D18" s="273"/>
+      <c r="E18" s="111"/>
+      <c r="F18" s="111"/>
+    </row>
+    <row r="19" spans="1:9" ht="36.75" customHeight="1" thickBot="1">
+      <c r="A19" s="273" t="s">
+        <v>546</v>
+      </c>
+      <c r="B19" s="273"/>
+      <c r="C19" s="273"/>
+      <c r="D19" s="273"/>
+      <c r="E19" s="111"/>
+      <c r="F19" s="111"/>
+    </row>
+    <row r="20" spans="1:9" ht="36" customHeight="1" thickBot="1">
+      <c r="A20" s="110" t="s">
+        <v>545</v>
+      </c>
+      <c r="B20" s="109" t="s">
+        <v>544</v>
+      </c>
+      <c r="C20" s="108" t="s">
+        <v>543</v>
+      </c>
+      <c r="D20" s="107" t="s">
+        <v>542</v>
+      </c>
+      <c r="E20" s="106" t="s">
+        <v>541</v>
+      </c>
+      <c r="F20" s="105" t="s">
+        <v>540</v>
+      </c>
+      <c r="G20" s="104" t="s">
+        <v>539</v>
+      </c>
+      <c r="H20" s="103" t="s">
+        <v>538</v>
+      </c>
+      <c r="I20" s="102" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="72.75" customHeight="1">
+      <c r="A21" s="97" t="s">
+        <v>537</v>
+      </c>
+      <c r="B21" s="96"/>
+      <c r="C21" s="88" t="s">
+        <v>536</v>
+      </c>
+      <c r="D21" s="100" t="s">
+        <v>535</v>
+      </c>
+      <c r="E21" s="88" t="s">
+        <v>534</v>
+      </c>
+      <c r="F21" s="100" t="s">
+        <v>533</v>
+      </c>
+      <c r="G21" s="99" t="s">
+        <v>532</v>
+      </c>
+      <c r="H21" s="98" t="s">
+        <v>532</v>
+      </c>
+      <c r="I21" s="101" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="72.75" customHeight="1">
+      <c r="A22" s="97" t="s">
         <v>22</v>
       </c>
-      <c r="B6" s="124"/>
-[...10 lines deleted...]
-      <c r="A7" s="125" t="s">
+      <c r="B22" s="96" t="s">
+        <v>119</v>
+      </c>
+      <c r="C22" s="88" t="s">
+        <v>536</v>
+      </c>
+      <c r="D22" s="100" t="s">
+        <v>536</v>
+      </c>
+      <c r="E22" s="88" t="s">
+        <v>534</v>
+      </c>
+      <c r="F22" s="100" t="s">
+        <v>534</v>
+      </c>
+      <c r="G22" s="99" t="s">
+        <v>532</v>
+      </c>
+      <c r="H22" s="98" t="s">
+        <v>532</v>
+      </c>
+      <c r="I22" s="91" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="72.75" customHeight="1">
+      <c r="A23" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="B23" s="96" t="s">
         <v>22</v>
       </c>
-      <c r="B7" s="124" t="s">
-[...29 lines deleted...]
-      <c r="B9" s="124" t="s">
+      <c r="C23" s="95" t="s">
+        <v>536</v>
+      </c>
+      <c r="D23" s="94" t="s">
+        <v>536</v>
+      </c>
+      <c r="E23" s="95" t="s">
+        <v>534</v>
+      </c>
+      <c r="F23" s="94" t="s">
+        <v>534</v>
+      </c>
+      <c r="G23" s="93" t="s">
+        <v>532</v>
+      </c>
+      <c r="H23" s="92" t="s">
+        <v>532</v>
+      </c>
+      <c r="I23" s="91" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="72.75" customHeight="1">
+      <c r="A24" s="97" t="s">
+        <v>119</v>
+      </c>
+      <c r="B24" s="96"/>
+      <c r="C24" s="88" t="s">
+        <v>536</v>
+      </c>
+      <c r="D24" s="100" t="s">
+        <v>536</v>
+      </c>
+      <c r="E24" s="88" t="s">
+        <v>534</v>
+      </c>
+      <c r="F24" s="100" t="s">
+        <v>534</v>
+      </c>
+      <c r="G24" s="99" t="s">
+        <v>532</v>
+      </c>
+      <c r="H24" s="98" t="s">
+        <v>532</v>
+      </c>
+      <c r="I24" s="91" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="25" spans="1:9" ht="72.75" customHeight="1">
+      <c r="A25" s="97" t="s">
+        <v>298</v>
+      </c>
+      <c r="B25" s="96"/>
+      <c r="C25" s="95" t="s">
+        <v>531</v>
+      </c>
+      <c r="D25" s="94" t="s">
+        <v>531</v>
+      </c>
+      <c r="E25" s="95" t="s">
+        <v>531</v>
+      </c>
+      <c r="F25" s="94" t="s">
+        <v>531</v>
+      </c>
+      <c r="G25" s="93" t="s">
+        <v>531</v>
+      </c>
+      <c r="H25" s="92" t="s">
+        <v>530</v>
+      </c>
+      <c r="I25" s="91" t="s">
+        <v>516</v>
+      </c>
+    </row>
+    <row r="26" spans="1:9" ht="72.75" customHeight="1" thickBot="1">
+      <c r="A26" s="90" t="s">
         <v>22</v>
       </c>
-      <c r="C9" s="123" t="s">
-[...272 lines deleted...]
-      <c r="A25" s="100" t="s">
+      <c r="B26" s="89" t="s">
         <v>298</v>
       </c>
-      <c r="B25" s="99"/>
-[...48 lines deleted...]
-        <v>520</v>
+      <c r="C26" s="88" t="s">
+        <v>529</v>
+      </c>
+      <c r="D26" s="88" t="s">
+        <v>529</v>
+      </c>
+      <c r="E26" s="88" t="s">
+        <v>528</v>
+      </c>
+      <c r="F26" s="88" t="s">
+        <v>528</v>
+      </c>
+      <c r="G26" s="88" t="s">
+        <v>527</v>
+      </c>
+      <c r="H26" s="88" t="s">
+        <v>527</v>
+      </c>
+      <c r="I26" s="87" t="s">
+        <v>516</v>
       </c>
     </row>
     <row r="27" spans="1:9" ht="39" customHeight="1"/>
     <row r="28" spans="1:9" ht="39" customHeight="1">
-      <c r="A28" s="207" t="s">
-[...4 lines deleted...]
-      <c r="D28" s="207"/>
+      <c r="A28" s="204" t="s">
+        <v>515</v>
+      </c>
+      <c r="B28" s="204"/>
+      <c r="C28" s="204"/>
+      <c r="D28" s="204"/>
     </row>
     <row r="29" spans="1:9" ht="120.75" customHeight="1">
-      <c r="A29" s="276" t="s">
-[...8 lines deleted...]
-      <c r="H29" s="276"/>
+      <c r="A29" s="266" t="s">
+        <v>526</v>
+      </c>
+      <c r="B29" s="266"/>
+      <c r="C29" s="266"/>
+      <c r="D29" s="266"/>
+      <c r="E29" s="266"/>
+      <c r="F29" s="266"/>
+      <c r="G29" s="266"/>
+      <c r="H29" s="266"/>
     </row>
     <row r="30" spans="1:9" ht="39" customHeight="1"/>
     <row r="31" spans="1:9" s="2" customFormat="1" ht="33.75" customHeight="1">
-      <c r="A31" s="207" t="s">
-[...4 lines deleted...]
-      <c r="D31" s="207"/>
+      <c r="A31" s="204" t="s">
+        <v>502</v>
+      </c>
+      <c r="B31" s="204"/>
+      <c r="C31" s="204"/>
+      <c r="D31" s="204"/>
     </row>
     <row r="32" spans="1:9" s="2" customFormat="1" ht="154.5" customHeight="1">
-      <c r="A32" s="276" t="s">
-[...8 lines deleted...]
-      <c r="H32" s="276"/>
+      <c r="A32" s="266" t="s">
+        <v>525</v>
+      </c>
+      <c r="B32" s="266"/>
+      <c r="C32" s="266"/>
+      <c r="D32" s="266"/>
+      <c r="E32" s="266"/>
+      <c r="F32" s="266"/>
+      <c r="G32" s="266"/>
+      <c r="H32" s="266"/>
     </row>
     <row r="33" spans="1:1" ht="30" customHeight="1">
-      <c r="A33" s="89" t="s">
-        <v>528</v>
+      <c r="A33" s="86" t="s">
+        <v>524</v>
       </c>
     </row>
     <row r="34" spans="1:1" ht="26.25" customHeight="1"/>
     <row r="62" spans="1:1" ht="20.25">
-      <c r="A62" s="89" t="s">
-        <v>527</v>
+      <c r="A62" s="86" t="s">
+        <v>523</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
+    <mergeCell ref="A19:D19"/>
+    <mergeCell ref="A15:D15"/>
+    <mergeCell ref="A32:H32"/>
+    <mergeCell ref="A31:D31"/>
+    <mergeCell ref="A29:H29"/>
+    <mergeCell ref="A28:D28"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A4:D4"/>
     <mergeCell ref="A16:D16"/>
     <mergeCell ref="A18:D18"/>
     <mergeCell ref="A3:D3"/>
     <mergeCell ref="A12:D12"/>
     <mergeCell ref="A17:D17"/>
-    <mergeCell ref="A19:D19"/>
-[...4 lines deleted...]
-    <mergeCell ref="A28:D28"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70F20713-B40D-4659-8EC7-F3B99E53188A}">
   <dimension ref="A1:E11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A6" sqref="A6:E6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="33" customWidth="1"/>
     <col min="2" max="2" width="36.7109375" customWidth="1"/>
     <col min="3" max="3" width="37" customWidth="1"/>
     <col min="4" max="4" width="40.85546875" customWidth="1"/>
     <col min="5" max="5" width="52.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="65.25" customHeight="1" thickBot="1">
-      <c r="A1" s="236" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="207"/>
+      <c r="A1" s="233" t="s">
+        <v>566</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="E1" s="204"/>
     </row>
     <row r="2" spans="1:5" ht="48.75" customHeight="1" thickBot="1">
-      <c r="A2" s="88"/>
-[...3 lines deleted...]
-      <c r="C2" s="87" t="s">
+      <c r="A2" s="85"/>
+      <c r="B2" s="84" t="s">
+        <v>521</v>
+      </c>
+      <c r="C2" s="84" t="s">
         <v>265</v>
       </c>
-      <c r="D2" s="87" t="s">
-[...3 lines deleted...]
-        <v>523</v>
+      <c r="D2" s="84" t="s">
+        <v>520</v>
+      </c>
+      <c r="E2" s="84" t="s">
+        <v>519</v>
       </c>
     </row>
     <row r="3" spans="1:5" ht="100.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A3" s="56" t="s">
-        <v>569</v>
-[...8 lines deleted...]
-        <v>568</v>
+        <v>565</v>
+      </c>
+      <c r="B3" s="83" t="s">
+        <v>517</v>
+      </c>
+      <c r="C3" s="83" t="s">
+        <v>564</v>
+      </c>
+      <c r="D3" s="83" t="s">
+        <v>564</v>
       </c>
       <c r="E3" s="15" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="28.5" customHeight="1" thickTop="1"/>
     <row r="5" spans="1:5" ht="41.25" customHeight="1">
-      <c r="A5" s="207" t="s">
-[...4 lines deleted...]
-      <c r="D5" s="207"/>
+      <c r="A5" s="204" t="s">
+        <v>515</v>
+      </c>
+      <c r="B5" s="204"/>
+      <c r="C5" s="204"/>
+      <c r="D5" s="204"/>
     </row>
     <row r="6" spans="1:5" ht="107.25" customHeight="1">
-      <c r="A6" s="276" t="s">
-[...5 lines deleted...]
-      <c r="E6" s="276"/>
+      <c r="A6" s="266" t="s">
+        <v>788</v>
+      </c>
+      <c r="B6" s="266"/>
+      <c r="C6" s="266"/>
+      <c r="D6" s="266"/>
+      <c r="E6" s="266"/>
     </row>
     <row r="7" spans="1:5" s="2" customFormat="1" ht="21" customHeight="1">
       <c r="A7"/>
       <c r="B7"/>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8" spans="1:5" s="2" customFormat="1" ht="40.5" customHeight="1">
-      <c r="A8" s="286" t="s">
-[...4 lines deleted...]
-      <c r="D8" s="286"/>
+      <c r="A8" s="276" t="s">
+        <v>502</v>
+      </c>
+      <c r="B8" s="276"/>
+      <c r="C8" s="276"/>
+      <c r="D8" s="276"/>
     </row>
     <row r="9" spans="1:5" ht="56.25" customHeight="1">
-      <c r="A9" s="276" t="s">
-[...5 lines deleted...]
-      <c r="E9" s="276"/>
+      <c r="A9" s="266" t="s">
+        <v>563</v>
+      </c>
+      <c r="B9" s="266"/>
+      <c r="C9" s="266"/>
+      <c r="D9" s="266"/>
+      <c r="E9" s="266"/>
     </row>
     <row r="11" spans="1:5" ht="18">
-      <c r="A11" s="131" t="s">
-        <v>566</v>
+      <c r="A11" s="128" t="s">
+        <v>562</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A8:D8"/>
     <mergeCell ref="A6:E6"/>
     <mergeCell ref="A5:D5"/>
     <mergeCell ref="A9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C7C41876-286E-4020-BA1D-903A44485B37}">
   <dimension ref="A1:D57"/>
   <sheetViews>
-    <sheetView topLeftCell="A10" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
+    <sheetView zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <selection activeCell="C24" sqref="C24:D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="25.140625" customWidth="1"/>
     <col min="2" max="2" width="34.85546875" customWidth="1"/>
     <col min="3" max="3" width="65.7109375" customWidth="1"/>
     <col min="4" max="4" width="94.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="61.5" customHeight="1" thickBot="1">
-      <c r="A1" s="295" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="295"/>
+      <c r="A1" s="283" t="s">
+        <v>589</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
+      <c r="D1" s="283"/>
     </row>
     <row r="2" spans="1:4" ht="111.75" customHeight="1" thickBot="1">
-      <c r="A2" s="300" t="s">
-[...4 lines deleted...]
-      <c r="D2" s="139"/>
+      <c r="A2" s="288" t="s">
+        <v>588</v>
+      </c>
+      <c r="B2" s="289"/>
+      <c r="C2" s="289"/>
+      <c r="D2" s="136"/>
     </row>
     <row r="3" spans="1:4" ht="24.75" customHeight="1" thickBot="1">
-      <c r="A3" s="138" t="s">
-[...8 lines deleted...]
-      <c r="D3" s="297"/>
+      <c r="A3" s="135" t="s">
+        <v>587</v>
+      </c>
+      <c r="B3" s="134" t="s">
+        <v>586</v>
+      </c>
+      <c r="C3" s="284" t="s">
+        <v>585</v>
+      </c>
+      <c r="D3" s="285"/>
     </row>
     <row r="4" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="4" t="s">
-        <v>588</v>
-[...7 lines deleted...]
-      <c r="D4" s="299"/>
+        <v>584</v>
+      </c>
+      <c r="B4" s="133" t="s">
+        <v>583</v>
+      </c>
+      <c r="C4" s="286" t="s">
+        <v>582</v>
+      </c>
+      <c r="D4" s="287"/>
     </row>
     <row r="5" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="4"/>
-      <c r="B5" s="132"/>
-[...1 lines deleted...]
-      <c r="D5" s="294"/>
+      <c r="B5" s="129"/>
+      <c r="C5" s="281"/>
+      <c r="D5" s="282"/>
     </row>
     <row r="6" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="4"/>
-      <c r="B6" s="133"/>
-[...1 lines deleted...]
-      <c r="D6" s="288"/>
+      <c r="B6" s="130"/>
+      <c r="C6" s="279"/>
+      <c r="D6" s="280"/>
     </row>
     <row r="7" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A7" s="4"/>
-      <c r="B7" s="132"/>
-[...1 lines deleted...]
-      <c r="D7" s="294"/>
+      <c r="B7" s="129"/>
+      <c r="C7" s="281"/>
+      <c r="D7" s="282"/>
     </row>
     <row r="8" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A8" s="4"/>
-      <c r="B8" s="133"/>
-[...1 lines deleted...]
-      <c r="D8" s="288"/>
+      <c r="B8" s="130"/>
+      <c r="C8" s="279"/>
+      <c r="D8" s="280"/>
     </row>
     <row r="9" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A9" s="4"/>
-      <c r="B9" s="132"/>
-[...1 lines deleted...]
-      <c r="D9" s="294"/>
+      <c r="B9" s="129"/>
+      <c r="C9" s="281"/>
+      <c r="D9" s="282"/>
     </row>
     <row r="10" spans="1:4" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="4"/>
-      <c r="B10" s="133"/>
-[...1 lines deleted...]
-      <c r="D10" s="288"/>
+      <c r="B10" s="130"/>
+      <c r="C10" s="279"/>
+      <c r="D10" s="280"/>
     </row>
     <row r="11" spans="1:4" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="4"/>
-      <c r="B11" s="132"/>
-[...1 lines deleted...]
-      <c r="D11" s="294"/>
+      <c r="B11" s="129"/>
+      <c r="C11" s="281"/>
+      <c r="D11" s="282"/>
     </row>
     <row r="12" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="4"/>
-      <c r="B12" s="133"/>
-[...1 lines deleted...]
-      <c r="D12" s="288"/>
+      <c r="B12" s="130"/>
+      <c r="C12" s="279"/>
+      <c r="D12" s="280"/>
     </row>
     <row r="13" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A13" s="4"/>
-      <c r="B13" s="135"/>
-[...1 lines deleted...]
-      <c r="D13" s="294"/>
+      <c r="B13" s="132"/>
+      <c r="C13" s="281"/>
+      <c r="D13" s="282"/>
     </row>
     <row r="14" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A14" s="4" t="s">
-        <v>585</v>
-[...7 lines deleted...]
-      <c r="D14" s="288"/>
+        <v>581</v>
+      </c>
+      <c r="B14" s="131" t="s">
+        <v>580</v>
+      </c>
+      <c r="C14" s="279" t="s">
+        <v>579</v>
+      </c>
+      <c r="D14" s="280"/>
     </row>
     <row r="15" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A15" s="4"/>
-      <c r="B15" s="132"/>
-[...1 lines deleted...]
-      <c r="D15" s="290"/>
+      <c r="B15" s="129"/>
+      <c r="C15" s="277"/>
+      <c r="D15" s="278"/>
     </row>
     <row r="16" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A16" s="4"/>
-      <c r="B16" s="133"/>
-[...1 lines deleted...]
-      <c r="D16" s="288"/>
+      <c r="B16" s="130"/>
+      <c r="C16" s="279"/>
+      <c r="D16" s="280"/>
     </row>
     <row r="17" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A17" s="4"/>
-      <c r="B17" s="132"/>
-[...1 lines deleted...]
-      <c r="D17" s="290"/>
+      <c r="B17" s="129"/>
+      <c r="C17" s="277"/>
+      <c r="D17" s="278"/>
     </row>
     <row r="18" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A18" s="4"/>
-      <c r="B18" s="133"/>
-[...1 lines deleted...]
-      <c r="D18" s="288"/>
+      <c r="B18" s="130"/>
+      <c r="C18" s="279"/>
+      <c r="D18" s="280"/>
     </row>
     <row r="19" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A19" s="4"/>
-      <c r="B19" s="132"/>
-[...1 lines deleted...]
-      <c r="D19" s="290"/>
+      <c r="B19" s="129"/>
+      <c r="C19" s="277"/>
+      <c r="D19" s="278"/>
     </row>
     <row r="20" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A20" s="4"/>
-      <c r="B20" s="133"/>
-[...1 lines deleted...]
-      <c r="D20" s="288"/>
+      <c r="B20" s="130"/>
+      <c r="C20" s="279"/>
+      <c r="D20" s="280"/>
     </row>
     <row r="21" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A21" s="4"/>
-      <c r="B21" s="132"/>
-[...1 lines deleted...]
-      <c r="D21" s="290"/>
+      <c r="B21" s="129"/>
+      <c r="C21" s="277"/>
+      <c r="D21" s="278"/>
     </row>
     <row r="22" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A22" s="4"/>
-      <c r="B22" s="133"/>
-[...1 lines deleted...]
-      <c r="D22" s="288"/>
+      <c r="B22" s="130"/>
+      <c r="C22" s="279"/>
+      <c r="D22" s="280"/>
     </row>
     <row r="23" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="4"/>
-      <c r="B23" s="132"/>
-[...1 lines deleted...]
-      <c r="D23" s="290"/>
+      <c r="B23" s="129"/>
+      <c r="C23" s="277"/>
+      <c r="D23" s="278"/>
     </row>
     <row r="24" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A24" s="4" t="s">
-        <v>582</v>
-[...7 lines deleted...]
-      <c r="D24" s="292"/>
+        <v>578</v>
+      </c>
+      <c r="B24" s="131" t="s">
+        <v>577</v>
+      </c>
+      <c r="C24" s="290" t="s">
+        <v>576</v>
+      </c>
+      <c r="D24" s="291"/>
     </row>
     <row r="25" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A25" s="4"/>
-      <c r="B25" s="132"/>
-[...1 lines deleted...]
-      <c r="D25" s="290"/>
+      <c r="B25" s="129"/>
+      <c r="C25" s="277"/>
+      <c r="D25" s="278"/>
     </row>
     <row r="26" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A26" s="4"/>
-      <c r="B26" s="133"/>
-[...1 lines deleted...]
-      <c r="D26" s="288"/>
+      <c r="B26" s="130"/>
+      <c r="C26" s="279"/>
+      <c r="D26" s="280"/>
     </row>
     <row r="27" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A27" s="4"/>
-      <c r="B27" s="132"/>
-[...1 lines deleted...]
-      <c r="D27" s="290"/>
+      <c r="B27" s="129"/>
+      <c r="C27" s="277"/>
+      <c r="D27" s="278"/>
     </row>
     <row r="28" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A28" s="4"/>
-      <c r="B28" s="133"/>
-[...1 lines deleted...]
-      <c r="D28" s="288"/>
+      <c r="B28" s="130"/>
+      <c r="C28" s="279"/>
+      <c r="D28" s="280"/>
     </row>
     <row r="29" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A29" s="4"/>
-      <c r="B29" s="132"/>
-[...1 lines deleted...]
-      <c r="D29" s="290"/>
+      <c r="B29" s="129"/>
+      <c r="C29" s="277"/>
+      <c r="D29" s="278"/>
     </row>
     <row r="30" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A30" s="4" t="s">
-        <v>579</v>
-[...7 lines deleted...]
-      <c r="D30" s="288"/>
+        <v>575</v>
+      </c>
+      <c r="B30" s="130" t="s">
+        <v>574</v>
+      </c>
+      <c r="C30" s="279" t="s">
+        <v>573</v>
+      </c>
+      <c r="D30" s="280"/>
     </row>
     <row r="31" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A31" s="4"/>
-      <c r="B31" s="132"/>
-[...1 lines deleted...]
-      <c r="D31" s="290"/>
+      <c r="B31" s="129"/>
+      <c r="C31" s="277"/>
+      <c r="D31" s="278"/>
     </row>
     <row r="32" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A32" s="4"/>
-      <c r="B32" s="133"/>
-[...1 lines deleted...]
-      <c r="D32" s="288"/>
+      <c r="B32" s="130"/>
+      <c r="C32" s="279"/>
+      <c r="D32" s="280"/>
     </row>
     <row r="33" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A33" s="4"/>
-      <c r="B33" s="132"/>
-[...1 lines deleted...]
-      <c r="D33" s="290"/>
+      <c r="B33" s="129"/>
+      <c r="C33" s="277"/>
+      <c r="D33" s="278"/>
     </row>
     <row r="34" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A34" s="4"/>
-      <c r="B34" s="133"/>
-[...1 lines deleted...]
-      <c r="D34" s="288"/>
+      <c r="B34" s="130"/>
+      <c r="C34" s="279"/>
+      <c r="D34" s="280"/>
     </row>
     <row r="35" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A35" s="4"/>
-      <c r="B35" s="132"/>
-[...1 lines deleted...]
-      <c r="D35" s="290"/>
+      <c r="B35" s="129"/>
+      <c r="C35" s="277"/>
+      <c r="D35" s="278"/>
     </row>
     <row r="36" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A36" s="4"/>
-      <c r="B36" s="133"/>
-[...1 lines deleted...]
-      <c r="D36" s="288"/>
+      <c r="B36" s="130"/>
+      <c r="C36" s="279"/>
+      <c r="D36" s="280"/>
     </row>
     <row r="37" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A37" s="4"/>
-      <c r="B37" s="132"/>
-[...1 lines deleted...]
-      <c r="D37" s="290"/>
+      <c r="B37" s="129"/>
+      <c r="C37" s="277"/>
+      <c r="D37" s="278"/>
     </row>
     <row r="38" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A38" s="4" t="s">
-        <v>576</v>
-[...7 lines deleted...]
-      <c r="D38" s="288"/>
+        <v>572</v>
+      </c>
+      <c r="B38" s="130" t="s">
+        <v>571</v>
+      </c>
+      <c r="C38" s="279" t="s">
+        <v>570</v>
+      </c>
+      <c r="D38" s="280"/>
     </row>
     <row r="39" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A39" s="4"/>
-      <c r="B39" s="132"/>
-[...1 lines deleted...]
-      <c r="D39" s="290"/>
+      <c r="B39" s="129"/>
+      <c r="C39" s="277"/>
+      <c r="D39" s="278"/>
     </row>
     <row r="40" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A40" s="4"/>
-      <c r="B40" s="133"/>
-[...1 lines deleted...]
-      <c r="D40" s="288"/>
+      <c r="B40" s="130"/>
+      <c r="C40" s="279"/>
+      <c r="D40" s="280"/>
     </row>
     <row r="41" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A41" s="4"/>
-      <c r="B41" s="132"/>
-[...1 lines deleted...]
-      <c r="D41" s="290"/>
+      <c r="B41" s="129"/>
+      <c r="C41" s="277"/>
+      <c r="D41" s="278"/>
     </row>
     <row r="42" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A42" s="4"/>
-      <c r="B42" s="133"/>
-[...1 lines deleted...]
-      <c r="D42" s="288"/>
+      <c r="B42" s="130"/>
+      <c r="C42" s="279"/>
+      <c r="D42" s="280"/>
     </row>
     <row r="43" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A43" s="4"/>
-      <c r="B43" s="132"/>
-[...1 lines deleted...]
-      <c r="D43" s="290"/>
+      <c r="B43" s="129"/>
+      <c r="C43" s="277"/>
+      <c r="D43" s="278"/>
     </row>
     <row r="44" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A44" s="4"/>
-      <c r="B44" s="133"/>
-[...1 lines deleted...]
-      <c r="D44" s="288"/>
+      <c r="B44" s="130"/>
+      <c r="C44" s="279"/>
+      <c r="D44" s="280"/>
     </row>
     <row r="45" spans="1:4" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A45" s="4" t="s">
-        <v>573</v>
-[...7 lines deleted...]
-      <c r="D45" s="290"/>
+        <v>569</v>
+      </c>
+      <c r="B45" s="129" t="s">
+        <v>568</v>
+      </c>
+      <c r="C45" s="277" t="s">
+        <v>567</v>
+      </c>
+      <c r="D45" s="278"/>
     </row>
     <row r="46" spans="1:4" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A46" s="4"/>
     </row>
     <row r="47" spans="1:4" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A47" s="4"/>
     </row>
     <row r="48" spans="1:4" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A48" s="4"/>
     </row>
     <row r="49" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A49" s="4"/>
     </row>
     <row r="50" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A50" s="4"/>
     </row>
     <row r="51" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A51" s="4"/>
     </row>
     <row r="52" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A52" s="4"/>
     </row>
     <row r="53" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A53" s="4"/>
     </row>
     <row r="54" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A54" s="4"/>
     </row>
     <row r="55" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A55" s="4"/>
     </row>
     <row r="56" spans="1:1" ht="36" customHeight="1" thickTop="1" thickBot="1">
       <c r="A56" s="4"/>
     </row>
     <row r="57" spans="1:1" ht="13.5" thickTop="1"/>
   </sheetData>
   <autoFilter ref="A3:D3" xr:uid="{844CBC4E-688C-4109-863F-9137586E6BA7}">
     <filterColumn colId="2" showButton="0"/>
   </autoFilter>
   <mergeCells count="45">
-    <mergeCell ref="C43:D43"/>
-[...28 lines deleted...]
-    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="C25:D25"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="C13:D13"/>
     <mergeCell ref="C14:D14"/>
     <mergeCell ref="C17:D17"/>
     <mergeCell ref="C18:D18"/>
-    <mergeCell ref="C26:D26"/>
-[...4 lines deleted...]
-    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="C3:D3"/>
+    <mergeCell ref="C4:D4"/>
+    <mergeCell ref="C5:D5"/>
+    <mergeCell ref="C6:D6"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="C7:D7"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="C42:D42"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{96995F2D-5E9B-48EB-8032-448E47E4E5D3}">
   <dimension ref="A1:E171"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A15" sqref="A15:A17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="31.5703125" customWidth="1"/>
     <col min="2" max="2" width="49.42578125" customWidth="1"/>
     <col min="3" max="3" width="51.85546875" customWidth="1"/>
     <col min="4" max="4" width="57.42578125" customWidth="1"/>
     <col min="5" max="6" width="63.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="30.75" customHeight="1" thickBot="1">
-      <c r="A1" s="152" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="152"/>
+      <c r="A1" s="149" t="s">
+        <v>647</v>
+      </c>
+      <c r="B1" s="149"/>
+      <c r="C1" s="149"/>
+      <c r="D1" s="149"/>
+      <c r="E1" s="149"/>
     </row>
     <row r="2" spans="1:5" ht="126.75" customHeight="1" thickBot="1">
-      <c r="A2" s="300" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="152"/>
+      <c r="A2" s="288" t="s">
+        <v>646</v>
+      </c>
+      <c r="B2" s="288"/>
+      <c r="C2" s="288"/>
+      <c r="D2" s="149"/>
+      <c r="E2" s="149"/>
     </row>
     <row r="3" spans="1:5" ht="24.75" customHeight="1" thickBot="1">
-      <c r="A3" s="150" t="s">
-[...12 lines deleted...]
-        <v>646</v>
+      <c r="A3" s="147" t="s">
+        <v>645</v>
+      </c>
+      <c r="B3" s="148" t="s">
+        <v>585</v>
+      </c>
+      <c r="C3" s="147" t="s">
+        <v>644</v>
+      </c>
+      <c r="D3" s="147" t="s">
+        <v>643</v>
+      </c>
+      <c r="E3" s="147" t="s">
+        <v>642</v>
       </c>
     </row>
     <row r="4" spans="1:5" ht="169.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="4" t="s">
-        <v>645</v>
-[...11 lines deleted...]
-        <v>642</v>
+        <v>641</v>
+      </c>
+      <c r="B4" s="141" t="s">
+        <v>640</v>
+      </c>
+      <c r="C4" s="143" t="s">
+        <v>753</v>
+      </c>
+      <c r="D4" s="139" t="s">
+        <v>639</v>
+      </c>
+      <c r="E4" s="139" t="s">
+        <v>638</v>
       </c>
     </row>
     <row r="5" spans="1:5" ht="87.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="4" t="s">
-        <v>641</v>
-[...10 lines deleted...]
-      <c r="E5" s="145" t="s">
         <v>637</v>
+      </c>
+      <c r="B5" s="129" t="s">
+        <v>636</v>
+      </c>
+      <c r="C5" s="146" t="s">
+        <v>635</v>
+      </c>
+      <c r="D5" s="129" t="s">
+        <v>634</v>
+      </c>
+      <c r="E5" s="142" t="s">
+        <v>633</v>
       </c>
     </row>
     <row r="6" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="4" t="s">
-        <v>705</v>
-[...11 lines deleted...]
-        <v>636</v>
+        <v>701</v>
+      </c>
+      <c r="B6" s="141" t="s">
+        <v>755</v>
+      </c>
+      <c r="C6" s="143" t="s">
+        <v>706</v>
+      </c>
+      <c r="D6" s="140" t="s">
+        <v>596</v>
+      </c>
+      <c r="E6" s="141" t="s">
+        <v>632</v>
       </c>
     </row>
     <row r="7" spans="1:5" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A7" s="4" t="s">
-        <v>704</v>
-[...11 lines deleted...]
-        <v>633</v>
+        <v>700</v>
+      </c>
+      <c r="B7" s="129" t="s">
+        <v>631</v>
+      </c>
+      <c r="C7" s="129" t="s">
+        <v>705</v>
+      </c>
+      <c r="D7" s="146" t="s">
+        <v>630</v>
+      </c>
+      <c r="E7" s="142" t="s">
+        <v>629</v>
       </c>
     </row>
     <row r="8" spans="1:5" ht="108" customHeight="1" thickTop="1" thickBot="1">
       <c r="A8" s="4" t="s">
-        <v>632</v>
-[...1 lines deleted...]
-      <c r="B8" s="144" t="s">
+        <v>628</v>
+      </c>
+      <c r="B8" s="141" t="s">
+        <v>623</v>
+      </c>
+      <c r="C8" s="145" t="s">
         <v>627</v>
       </c>
-      <c r="C8" s="148" t="s">
-[...6 lines deleted...]
-        <v>629</v>
+      <c r="D8" s="145" t="s">
+        <v>626</v>
+      </c>
+      <c r="E8" s="139" t="s">
+        <v>625</v>
       </c>
     </row>
     <row r="9" spans="1:5" ht="95.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A9" s="4" t="s">
-        <v>628</v>
-[...10 lines deleted...]
-      <c r="E9" s="145" t="s">
         <v>624</v>
+      </c>
+      <c r="B9" s="129" t="s">
+        <v>623</v>
+      </c>
+      <c r="C9" s="142" t="s">
+        <v>622</v>
+      </c>
+      <c r="D9" s="144" t="s">
+        <v>621</v>
+      </c>
+      <c r="E9" s="142" t="s">
+        <v>620</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="4" t="s">
-        <v>623</v>
-[...10 lines deleted...]
-      <c r="E10" s="142" t="s">
         <v>619</v>
+      </c>
+      <c r="B10" s="141" t="s">
+        <v>618</v>
+      </c>
+      <c r="C10" s="143" t="s">
+        <v>617</v>
+      </c>
+      <c r="D10" s="139" t="s">
+        <v>616</v>
+      </c>
+      <c r="E10" s="139" t="s">
+        <v>615</v>
       </c>
     </row>
     <row r="11" spans="1:5" ht="95.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="4" t="s">
-        <v>618</v>
-[...10 lines deleted...]
-      <c r="E11" s="145" t="s">
         <v>614</v>
+      </c>
+      <c r="B11" s="129" t="s">
+        <v>613</v>
+      </c>
+      <c r="C11" s="142" t="s">
+        <v>612</v>
+      </c>
+      <c r="D11" s="142" t="s">
+        <v>611</v>
+      </c>
+      <c r="E11" s="142" t="s">
+        <v>610</v>
       </c>
     </row>
     <row r="12" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="4" t="s">
-        <v>613</v>
-[...10 lines deleted...]
-      <c r="E12" s="144" t="s">
         <v>609</v>
+      </c>
+      <c r="B12" s="141" t="s">
+        <v>608</v>
+      </c>
+      <c r="C12" s="141" t="s">
+        <v>607</v>
+      </c>
+      <c r="D12" s="141" t="s">
+        <v>606</v>
+      </c>
+      <c r="E12" s="141" t="s">
+        <v>605</v>
       </c>
     </row>
     <row r="13" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A13" s="4" t="s">
-        <v>608</v>
-[...10 lines deleted...]
-      <c r="E13" s="145" t="s">
         <v>604</v>
+      </c>
+      <c r="B13" s="129" t="s">
+        <v>603</v>
+      </c>
+      <c r="C13" s="129" t="s">
+        <v>602</v>
+      </c>
+      <c r="D13" s="129" t="s">
+        <v>601</v>
+      </c>
+      <c r="E13" s="142" t="s">
+        <v>600</v>
       </c>
     </row>
     <row r="14" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A14" s="4" t="s">
-        <v>603</v>
-[...10 lines deleted...]
-      <c r="E14" s="142" t="s">
         <v>599</v>
       </c>
+      <c r="B14" s="141" t="s">
+        <v>598</v>
+      </c>
+      <c r="C14" s="141" t="s">
+        <v>597</v>
+      </c>
+      <c r="D14" s="140" t="s">
+        <v>596</v>
+      </c>
+      <c r="E14" s="139" t="s">
+        <v>595</v>
+      </c>
     </row>
     <row r="15" spans="1:5" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
-      <c r="A15" s="303" t="s">
-[...5 lines deleted...]
-      <c r="C15" s="132" t="s">
+      <c r="A15" s="293" t="s">
+        <v>702</v>
+      </c>
+      <c r="B15" s="129" t="s">
         <v>756</v>
       </c>
-      <c r="D15" s="135" t="s">
-[...3 lines deleted...]
-        <v>636</v>
+      <c r="C15" s="129" t="s">
+        <v>752</v>
+      </c>
+      <c r="D15" s="132" t="s">
+        <v>596</v>
+      </c>
+      <c r="E15" s="146" t="s">
+        <v>632</v>
       </c>
     </row>
     <row r="16" spans="1:5" ht="24.75" customHeight="1" thickTop="1" thickBot="1">
-      <c r="A16" s="302"/>
-[...10 lines deleted...]
-        <v>714</v>
+      <c r="A16" s="292"/>
+      <c r="B16" s="146" t="s">
+        <v>707</v>
+      </c>
+      <c r="C16" s="146" t="s">
+        <v>751</v>
+      </c>
+      <c r="D16" s="132" t="s">
+        <v>596</v>
+      </c>
+      <c r="E16" s="146" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="17" spans="1:5" ht="33" thickTop="1" thickBot="1">
-      <c r="A17" s="302"/>
-[...10 lines deleted...]
-        <v>714</v>
+      <c r="A17" s="292"/>
+      <c r="B17" s="146" t="s">
+        <v>709</v>
+      </c>
+      <c r="C17" s="146" t="s">
+        <v>751</v>
+      </c>
+      <c r="D17" s="132" t="s">
+        <v>596</v>
+      </c>
+      <c r="E17" s="146" t="s">
+        <v>710</v>
       </c>
     </row>
     <row r="18" spans="1:5" ht="71.25" customHeight="1" thickTop="1">
-      <c r="A18" s="158"/>
-[...3 lines deleted...]
-      <c r="E18" s="159"/>
+      <c r="A18" s="155"/>
+      <c r="B18" s="156"/>
+      <c r="C18" s="157"/>
+      <c r="D18" s="158"/>
+      <c r="E18" s="156"/>
     </row>
     <row r="19" spans="1:5" ht="58.5" customHeight="1">
-      <c r="A19" s="302" t="s">
-[...5 lines deleted...]
-      <c r="E19" s="302"/>
+      <c r="A19" s="292" t="s">
+        <v>594</v>
+      </c>
+      <c r="B19" s="292"/>
+      <c r="C19" s="292"/>
+      <c r="D19" s="292"/>
+      <c r="E19" s="292"/>
     </row>
     <row r="20" spans="1:5" ht="24" customHeight="1"/>
     <row r="21" spans="1:5" ht="24" customHeight="1"/>
     <row r="22" spans="1:5" ht="24" customHeight="1"/>
     <row r="23" spans="1:5" ht="24" customHeight="1"/>
     <row r="24" spans="1:5" ht="24" customHeight="1"/>
     <row r="25" spans="1:5" ht="24" customHeight="1"/>
     <row r="26" spans="1:5" ht="24" customHeight="1"/>
     <row r="27" spans="1:5" ht="24" customHeight="1"/>
     <row r="28" spans="1:5" ht="24" customHeight="1"/>
     <row r="29" spans="1:5" ht="24" customHeight="1"/>
     <row r="30" spans="1:5" ht="24" customHeight="1"/>
     <row r="31" spans="1:5" ht="24" customHeight="1"/>
     <row r="32" spans="1:5" ht="24" customHeight="1"/>
     <row r="49" spans="1:1" ht="35.25" customHeight="1">
-      <c r="A49" s="140" t="s">
-        <v>597</v>
+      <c r="A49" s="137" t="s">
+        <v>593</v>
       </c>
     </row>
     <row r="87" spans="1:1" ht="24" customHeight="1">
-      <c r="A87" s="141" t="s">
-        <v>596</v>
+      <c r="A87" s="138" t="s">
+        <v>592</v>
       </c>
     </row>
     <row r="127" spans="1:1" ht="36.75" customHeight="1">
-      <c r="A127" s="140" t="s">
-        <v>595</v>
+      <c r="A127" s="137" t="s">
+        <v>591</v>
       </c>
     </row>
     <row r="171" spans="1:1" ht="33" customHeight="1">
-      <c r="A171" s="140" t="s">
-        <v>594</v>
+      <c r="A171" s="137" t="s">
+        <v>590</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A3:E3" xr:uid="{4B01DAA9-5205-47C6-B8F9-8ADC185C5619}"/>
   <mergeCells count="3">
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A19:E19"/>
     <mergeCell ref="A15:A17"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5F7E3BD5-6E38-4A4C-AF6B-CD41BB3A4D8A}">
   <dimension ref="A1:C11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C20" sqref="C20"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="17.85546875" style="163" customWidth="1"/>
+    <col min="1" max="1" width="17.85546875" style="160" customWidth="1"/>
     <col min="2" max="2" width="54.42578125" customWidth="1"/>
     <col min="3" max="3" width="70" customWidth="1"/>
     <col min="257" max="257" width="17.7109375" customWidth="1"/>
     <col min="258" max="258" width="54.42578125" customWidth="1"/>
     <col min="259" max="259" width="70" customWidth="1"/>
     <col min="513" max="513" width="17.7109375" customWidth="1"/>
     <col min="514" max="514" width="54.42578125" customWidth="1"/>
     <col min="515" max="515" width="70" customWidth="1"/>
     <col min="769" max="769" width="17.7109375" customWidth="1"/>
     <col min="770" max="770" width="54.42578125" customWidth="1"/>
     <col min="771" max="771" width="70" customWidth="1"/>
     <col min="1025" max="1025" width="17.7109375" customWidth="1"/>
     <col min="1026" max="1026" width="54.42578125" customWidth="1"/>
     <col min="1027" max="1027" width="70" customWidth="1"/>
     <col min="1281" max="1281" width="17.7109375" customWidth="1"/>
     <col min="1282" max="1282" width="54.42578125" customWidth="1"/>
     <col min="1283" max="1283" width="70" customWidth="1"/>
     <col min="1537" max="1537" width="17.7109375" customWidth="1"/>
     <col min="1538" max="1538" width="54.42578125" customWidth="1"/>
     <col min="1539" max="1539" width="70" customWidth="1"/>
     <col min="1793" max="1793" width="17.7109375" customWidth="1"/>
     <col min="1794" max="1794" width="54.42578125" customWidth="1"/>
     <col min="1795" max="1795" width="70" customWidth="1"/>
     <col min="2049" max="2049" width="17.7109375" customWidth="1"/>
     <col min="2050" max="2050" width="54.42578125" customWidth="1"/>
@@ -11037,144 +10953,144 @@
     <col min="14339" max="14339" width="70" customWidth="1"/>
     <col min="14593" max="14593" width="17.7109375" customWidth="1"/>
     <col min="14594" max="14594" width="54.42578125" customWidth="1"/>
     <col min="14595" max="14595" width="70" customWidth="1"/>
     <col min="14849" max="14849" width="17.7109375" customWidth="1"/>
     <col min="14850" max="14850" width="54.42578125" customWidth="1"/>
     <col min="14851" max="14851" width="70" customWidth="1"/>
     <col min="15105" max="15105" width="17.7109375" customWidth="1"/>
     <col min="15106" max="15106" width="54.42578125" customWidth="1"/>
     <col min="15107" max="15107" width="70" customWidth="1"/>
     <col min="15361" max="15361" width="17.7109375" customWidth="1"/>
     <col min="15362" max="15362" width="54.42578125" customWidth="1"/>
     <col min="15363" max="15363" width="70" customWidth="1"/>
     <col min="15617" max="15617" width="17.7109375" customWidth="1"/>
     <col min="15618" max="15618" width="54.42578125" customWidth="1"/>
     <col min="15619" max="15619" width="70" customWidth="1"/>
     <col min="15873" max="15873" width="17.7109375" customWidth="1"/>
     <col min="15874" max="15874" width="54.42578125" customWidth="1"/>
     <col min="15875" max="15875" width="70" customWidth="1"/>
     <col min="16129" max="16129" width="17.7109375" customWidth="1"/>
     <col min="16130" max="16130" width="54.42578125" customWidth="1"/>
     <col min="16131" max="16131" width="70" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="19.5" thickBot="1">
-      <c r="A1" s="162" t="s">
+      <c r="A1" s="159" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="2" spans="1:3" ht="16.5" thickBot="1">
+      <c r="A2" s="181" t="s">
+        <v>712</v>
+      </c>
+      <c r="B2" s="182"/>
+      <c r="C2" s="182" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="3" spans="1:3" ht="127.5" customHeight="1">
+      <c r="A3" s="294" t="s">
+        <v>714</v>
+      </c>
+      <c r="B3" s="183" t="s">
+        <v>704</v>
+      </c>
+      <c r="C3" s="184" t="s">
         <v>715</v>
       </c>
     </row>
-    <row r="2" spans="1:3" ht="16.5" thickBot="1">
-      <c r="A2" s="184" t="s">
+    <row r="4" spans="1:3" ht="112.5" customHeight="1">
+      <c r="A4" s="295"/>
+      <c r="B4" s="185" t="s">
+        <v>707</v>
+      </c>
+      <c r="C4" s="186" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="5" spans="1:3" ht="111" customHeight="1">
+      <c r="A5" s="296"/>
+      <c r="B5" s="185" t="s">
+        <v>709</v>
+      </c>
+      <c r="C5" s="186" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="6" spans="1:3" ht="86.25" customHeight="1" thickBot="1">
+      <c r="A6" s="297"/>
+      <c r="B6" s="298" t="s">
         <v>716</v>
       </c>
-      <c r="B2" s="185"/>
-      <c r="C2" s="185" t="s">
+      <c r="C6" s="299"/>
+    </row>
+    <row r="7" spans="1:3" ht="92.25" customHeight="1">
+      <c r="A7" s="300" t="s">
         <v>717</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="304" t="s">
+      <c r="B7" s="187" t="s">
         <v>718</v>
       </c>
-      <c r="B3" s="186" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="187" t="s">
+      <c r="C7" s="184" t="s">
         <v>719</v>
       </c>
     </row>
-    <row r="4" spans="1:3" ht="112.5" customHeight="1">
-[...19 lines deleted...]
-      <c r="B6" s="308" t="s">
+    <row r="8" spans="1:3" ht="50.25" customHeight="1">
+      <c r="A8" s="301"/>
+      <c r="B8" s="188" t="s">
         <v>720</v>
       </c>
-      <c r="C6" s="309"/>
-[...2 lines deleted...]
-      <c r="A7" s="310" t="s">
+      <c r="C8" s="189" t="s">
         <v>721</v>
       </c>
-      <c r="B7" s="190" t="s">
+    </row>
+    <row r="9" spans="1:3" ht="46.5" customHeight="1">
+      <c r="A9" s="301"/>
+      <c r="B9" s="188" t="s">
         <v>722</v>
       </c>
-      <c r="C7" s="187" t="s">
+      <c r="C9" s="189" t="s">
         <v>723</v>
       </c>
     </row>
-    <row r="8" spans="1:3" ht="50.25" customHeight="1">
-[...1 lines deleted...]
-      <c r="B8" s="191" t="s">
+    <row r="10" spans="1:3" ht="29.25" customHeight="1">
+      <c r="A10" s="301"/>
+      <c r="B10" s="190" t="s">
         <v>724</v>
       </c>
-      <c r="C8" s="192" t="s">
+      <c r="C10" s="191" t="s">
         <v>725</v>
       </c>
     </row>
-    <row r="9" spans="1:3" ht="46.5" customHeight="1">
-[...1 lines deleted...]
-      <c r="B9" s="191" t="s">
+    <row r="11" spans="1:3" ht="60.75" customHeight="1" thickBot="1">
+      <c r="A11" s="302"/>
+      <c r="B11" s="192" t="s">
+        <v>703</v>
+      </c>
+      <c r="C11" s="193" t="s">
         <v>726</v>
-      </c>
-[...19 lines deleted...]
-        <v>730</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A3:A6"/>
     <mergeCell ref="B6:C6"/>
     <mergeCell ref="A7:A11"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A2B88AB8-C852-46C0-BB8F-9E7BF89517AE}">
   <dimension ref="A1:F10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
@@ -11287,933 +11203,933 @@
     <col min="13314" max="13315" width="56.85546875" customWidth="1"/>
     <col min="13569" max="13569" width="28.28515625" customWidth="1"/>
     <col min="13570" max="13571" width="56.85546875" customWidth="1"/>
     <col min="13825" max="13825" width="28.28515625" customWidth="1"/>
     <col min="13826" max="13827" width="56.85546875" customWidth="1"/>
     <col min="14081" max="14081" width="28.28515625" customWidth="1"/>
     <col min="14082" max="14083" width="56.85546875" customWidth="1"/>
     <col min="14337" max="14337" width="28.28515625" customWidth="1"/>
     <col min="14338" max="14339" width="56.85546875" customWidth="1"/>
     <col min="14593" max="14593" width="28.28515625" customWidth="1"/>
     <col min="14594" max="14595" width="56.85546875" customWidth="1"/>
     <col min="14849" max="14849" width="28.28515625" customWidth="1"/>
     <col min="14850" max="14851" width="56.85546875" customWidth="1"/>
     <col min="15105" max="15105" width="28.28515625" customWidth="1"/>
     <col min="15106" max="15107" width="56.85546875" customWidth="1"/>
     <col min="15361" max="15361" width="28.28515625" customWidth="1"/>
     <col min="15362" max="15363" width="56.85546875" customWidth="1"/>
     <col min="15617" max="15617" width="28.28515625" customWidth="1"/>
     <col min="15618" max="15619" width="56.85546875" customWidth="1"/>
     <col min="15873" max="15873" width="28.28515625" customWidth="1"/>
     <col min="15874" max="15875" width="56.85546875" customWidth="1"/>
     <col min="16129" max="16129" width="28.28515625" customWidth="1"/>
     <col min="16130" max="16131" width="56.85546875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" s="165" customFormat="1" ht="19.5" thickBot="1">
-      <c r="A1" s="164" t="s">
+    <row r="1" spans="1:6" s="162" customFormat="1" ht="19.5" thickBot="1">
+      <c r="A1" s="161" t="s">
+        <v>727</v>
+      </c>
+      <c r="B1" s="161"/>
+      <c r="C1" s="161"/>
+      <c r="D1" s="161"/>
+      <c r="E1" s="161"/>
+      <c r="F1" s="161"/>
+    </row>
+    <row r="2" spans="1:6" ht="13.5" thickBot="1">
+      <c r="A2" s="163" t="s">
+        <v>728</v>
+      </c>
+      <c r="B2" s="164"/>
+      <c r="C2" s="165" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="3" spans="1:6" ht="60">
+      <c r="A3" s="303" t="s">
+        <v>730</v>
+      </c>
+      <c r="B3" s="154" t="s">
         <v>731</v>
       </c>
-      <c r="B1" s="164"/>
-[...6 lines deleted...]
-      <c r="A2" s="166" t="s">
+      <c r="C3" s="166" t="s">
         <v>732</v>
       </c>
-      <c r="B2" s="167"/>
-      <c r="C2" s="168" t="s">
+    </row>
+    <row r="4" spans="1:6" ht="60.75" thickBot="1">
+      <c r="A4" s="304"/>
+      <c r="B4" s="167" t="s">
         <v>733</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A3" s="313" t="s">
+      <c r="C4" s="168" t="s">
         <v>734</v>
       </c>
-      <c r="B3" s="157" t="s">
+    </row>
+    <row r="5" spans="1:6" ht="60">
+      <c r="A5" s="305" t="s">
         <v>735</v>
       </c>
-      <c r="C3" s="169" t="s">
+      <c r="B5" s="169" t="s">
         <v>736</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B4" s="170" t="s">
+      <c r="C5" s="170" t="s">
         <v>737</v>
       </c>
-      <c r="C4" s="171" t="s">
+    </row>
+    <row r="6" spans="1:6" ht="60">
+      <c r="A6" s="306"/>
+      <c r="B6" s="171" t="s">
         <v>738</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" s="315" t="s">
+      <c r="C6" s="172" t="s">
         <v>739</v>
       </c>
-      <c r="B5" s="172" t="s">
+    </row>
+    <row r="7" spans="1:6" ht="60.75" thickBot="1">
+      <c r="A7" s="307"/>
+      <c r="B7" s="173" t="s">
         <v>740</v>
       </c>
-      <c r="C5" s="173" t="s">
+      <c r="C7" s="174" t="s">
         <v>741</v>
       </c>
     </row>
-    <row r="6" spans="1:6" ht="60">
-[...1 lines deleted...]
-      <c r="B6" s="174" t="s">
+    <row r="8" spans="1:6" ht="48.75" thickBot="1">
+      <c r="A8" s="175" t="s">
         <v>742</v>
       </c>
-      <c r="C6" s="175" t="s">
+      <c r="B8" s="176" t="s">
         <v>743</v>
       </c>
-    </row>
-[...2 lines deleted...]
-      <c r="B7" s="176" t="s">
+      <c r="C8" s="177" t="s">
         <v>744</v>
       </c>
-      <c r="C7" s="177" t="s">
+    </row>
+    <row r="9" spans="1:6" ht="60.75" thickBot="1">
+      <c r="A9" s="175" t="s">
         <v>745</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" s="178" t="s">
+      <c r="B9" s="178" t="s">
         <v>746</v>
       </c>
-      <c r="B8" s="179" t="s">
+      <c r="C9" s="179" t="s">
         <v>747</v>
       </c>
-      <c r="C8" s="180" t="s">
+    </row>
+    <row r="10" spans="1:6" ht="13.5" thickBot="1">
+      <c r="A10" s="175" t="s">
         <v>748</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" s="178" t="s">
+      <c r="B10" s="178" t="s">
         <v>749</v>
       </c>
-      <c r="B9" s="181" t="s">
+      <c r="C10" s="180" t="s">
         <v>750</v>
-      </c>
-[...12 lines deleted...]
-        <v>754</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="A5:A7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{AC27F5A9-200E-4567-878B-6166A30709A9}">
   <dimension ref="A1:C98"/>
   <sheetViews>
     <sheetView topLeftCell="A34" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
       <selection activeCell="A24" sqref="A24:D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="31.5703125" customWidth="1"/>
     <col min="2" max="2" width="65.7109375" customWidth="1"/>
     <col min="3" max="3" width="56" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="21.75" thickBot="1">
-      <c r="A1" s="295" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="295"/>
+      <c r="A1" s="283" t="s">
+        <v>665</v>
+      </c>
+      <c r="B1" s="283"/>
+      <c r="C1" s="283"/>
     </row>
     <row r="2" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A2" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C2" s="319"/>
+      <c r="A2" s="308" t="s">
+        <v>664</v>
+      </c>
+      <c r="B2" s="309"/>
+      <c r="C2" s="309"/>
     </row>
     <row r="3" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A3" s="328" t="s">
-[...3 lines deleted...]
-      <c r="C3" s="329"/>
+      <c r="A3" s="310" t="s">
+        <v>663</v>
+      </c>
+      <c r="B3" s="311"/>
+      <c r="C3" s="311"/>
     </row>
     <row r="4" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A4" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C4" s="319"/>
+      <c r="A4" s="308" t="s">
+        <v>662</v>
+      </c>
+      <c r="B4" s="309"/>
+      <c r="C4" s="309"/>
     </row>
     <row r="5" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A5" s="320" t="s">
-[...3 lines deleted...]
-      <c r="C5" s="321"/>
+      <c r="A5" s="312" t="s">
+        <v>661</v>
+      </c>
+      <c r="B5" s="313"/>
+      <c r="C5" s="313"/>
     </row>
     <row r="6" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A6" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C6" s="319"/>
+      <c r="A6" s="308" t="s">
+        <v>660</v>
+      </c>
+      <c r="B6" s="309"/>
+      <c r="C6" s="309"/>
     </row>
     <row r="7" spans="1:3" ht="15.75">
-      <c r="A7" s="328" t="s">
-[...3 lines deleted...]
-      <c r="C7" s="329"/>
+      <c r="A7" s="310" t="s">
+        <v>659</v>
+      </c>
+      <c r="B7" s="311"/>
+      <c r="C7" s="311"/>
     </row>
     <row r="8" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A8" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C8" s="319"/>
+      <c r="A8" s="308" t="s">
+        <v>658</v>
+      </c>
+      <c r="B8" s="309"/>
+      <c r="C8" s="309"/>
     </row>
     <row r="9" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A9" s="320" t="s">
-[...3 lines deleted...]
-      <c r="C9" s="321"/>
+      <c r="A9" s="312" t="s">
+        <v>657</v>
+      </c>
+      <c r="B9" s="313"/>
+      <c r="C9" s="313"/>
     </row>
     <row r="10" spans="1:3" ht="15.75">
-      <c r="A10" s="326" t="s">
-[...3 lines deleted...]
-      <c r="C10" s="327"/>
+      <c r="A10" s="316" t="s">
+        <v>656</v>
+      </c>
+      <c r="B10" s="317"/>
+      <c r="C10" s="317"/>
     </row>
     <row r="11" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A11" s="320" t="s">
-[...3 lines deleted...]
-      <c r="C11" s="321"/>
+      <c r="A11" s="312" t="s">
+        <v>655</v>
+      </c>
+      <c r="B11" s="313"/>
+      <c r="C11" s="313"/>
     </row>
     <row r="12" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A12" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C12" s="319"/>
+      <c r="A12" s="308" t="s">
+        <v>654</v>
+      </c>
+      <c r="B12" s="309"/>
+      <c r="C12" s="309"/>
     </row>
     <row r="13" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A13" s="320" t="s">
-[...3 lines deleted...]
-      <c r="C13" s="321"/>
+      <c r="A13" s="312" t="s">
+        <v>653</v>
+      </c>
+      <c r="B13" s="313"/>
+      <c r="C13" s="313"/>
     </row>
     <row r="14" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A14" s="318" t="s">
-[...3 lines deleted...]
-      <c r="C14" s="319"/>
+      <c r="A14" s="308" t="s">
+        <v>652</v>
+      </c>
+      <c r="B14" s="309"/>
+      <c r="C14" s="309"/>
     </row>
     <row r="15" spans="1:3" ht="15.75">
-      <c r="A15" s="328" t="s">
-[...3 lines deleted...]
-      <c r="C15" s="329"/>
+      <c r="A15" s="310" t="s">
+        <v>651</v>
+      </c>
+      <c r="B15" s="311"/>
+      <c r="C15" s="311"/>
     </row>
     <row r="16" spans="1:3" ht="21.75" customHeight="1">
-      <c r="A16" s="322" t="s">
-[...3 lines deleted...]
-      <c r="C16" s="323"/>
+      <c r="A16" s="314" t="s">
+        <v>650</v>
+      </c>
+      <c r="B16" s="315"/>
+      <c r="C16" s="315"/>
     </row>
     <row r="17" spans="1:3" ht="15.75">
-      <c r="A17" s="320"/>
-[...1 lines deleted...]
-      <c r="C17" s="321"/>
+      <c r="A17" s="312"/>
+      <c r="B17" s="313"/>
+      <c r="C17" s="313"/>
     </row>
     <row r="18" spans="1:3" ht="15.75">
-      <c r="A18" s="318"/>
-[...1 lines deleted...]
-      <c r="C18" s="319"/>
+      <c r="A18" s="308"/>
+      <c r="B18" s="309"/>
+      <c r="C18" s="309"/>
     </row>
     <row r="19" spans="1:3" ht="15.75">
-      <c r="A19" s="320"/>
-[...1 lines deleted...]
-      <c r="C19" s="321"/>
+      <c r="A19" s="312"/>
+      <c r="B19" s="313"/>
+      <c r="C19" s="313"/>
     </row>
     <row r="20" spans="1:3" ht="15.75">
-      <c r="A20" s="318"/>
-[...1 lines deleted...]
-      <c r="C20" s="319"/>
+      <c r="A20" s="308"/>
+      <c r="B20" s="309"/>
+      <c r="C20" s="309"/>
     </row>
     <row r="21" spans="1:3" ht="15.75">
-      <c r="A21" s="320"/>
-[...1 lines deleted...]
-      <c r="C21" s="321"/>
+      <c r="A21" s="312"/>
+      <c r="B21" s="313"/>
+      <c r="C21" s="313"/>
     </row>
     <row r="22" spans="1:3" ht="15.75">
-      <c r="A22" s="318"/>
-[...1 lines deleted...]
-      <c r="C22" s="319"/>
+      <c r="A22" s="308"/>
+      <c r="B22" s="309"/>
+      <c r="C22" s="309"/>
     </row>
     <row r="23" spans="1:3" ht="15.75">
-      <c r="A23" s="320"/>
-[...1 lines deleted...]
-      <c r="C23" s="321"/>
+      <c r="A23" s="312"/>
+      <c r="B23" s="313"/>
+      <c r="C23" s="313"/>
     </row>
     <row r="24" spans="1:3" ht="15.75">
-      <c r="A24" s="318"/>
-[...1 lines deleted...]
-      <c r="C24" s="319"/>
+      <c r="A24" s="308"/>
+      <c r="B24" s="309"/>
+      <c r="C24" s="309"/>
     </row>
     <row r="25" spans="1:3" ht="15.75">
-      <c r="A25" s="320"/>
-[...1 lines deleted...]
-      <c r="C25" s="321"/>
+      <c r="A25" s="312"/>
+      <c r="B25" s="313"/>
+      <c r="C25" s="313"/>
     </row>
     <row r="26" spans="1:3" ht="15.75">
-      <c r="A26" s="318"/>
-[...1 lines deleted...]
-      <c r="C26" s="319"/>
+      <c r="A26" s="308"/>
+      <c r="B26" s="309"/>
+      <c r="C26" s="309"/>
     </row>
     <row r="27" spans="1:3" ht="15.75">
-      <c r="A27" s="320"/>
-[...1 lines deleted...]
-      <c r="C27" s="321"/>
+      <c r="A27" s="312"/>
+      <c r="B27" s="313"/>
+      <c r="C27" s="313"/>
     </row>
     <row r="28" spans="1:3" ht="15.75">
-      <c r="A28" s="318"/>
-[...1 lines deleted...]
-      <c r="C28" s="319"/>
+      <c r="A28" s="308"/>
+      <c r="B28" s="309"/>
+      <c r="C28" s="309"/>
     </row>
     <row r="29" spans="1:3" ht="15.75">
-      <c r="A29" s="320"/>
-[...1 lines deleted...]
-      <c r="C29" s="321"/>
+      <c r="A29" s="312"/>
+      <c r="B29" s="313"/>
+      <c r="C29" s="313"/>
     </row>
     <row r="30" spans="1:3" ht="15.75">
-      <c r="A30" s="318"/>
-[...1 lines deleted...]
-      <c r="C30" s="319"/>
+      <c r="A30" s="308"/>
+      <c r="B30" s="309"/>
+      <c r="C30" s="309"/>
     </row>
     <row r="31" spans="1:3" ht="15.75">
-      <c r="A31" s="320"/>
-[...1 lines deleted...]
-      <c r="C31" s="321"/>
+      <c r="A31" s="312"/>
+      <c r="B31" s="313"/>
+      <c r="C31" s="313"/>
     </row>
     <row r="32" spans="1:3" ht="15.75">
-      <c r="A32" s="318"/>
-[...1 lines deleted...]
-      <c r="C32" s="319"/>
+      <c r="A32" s="308"/>
+      <c r="B32" s="309"/>
+      <c r="C32" s="309"/>
     </row>
     <row r="33" spans="1:3" ht="15.75">
-      <c r="A33" s="320"/>
-[...1 lines deleted...]
-      <c r="C33" s="321"/>
+      <c r="A33" s="312"/>
+      <c r="B33" s="313"/>
+      <c r="C33" s="313"/>
     </row>
     <row r="34" spans="1:3" ht="15.75">
-      <c r="A34" s="318"/>
-[...1 lines deleted...]
-      <c r="C34" s="319"/>
+      <c r="A34" s="308"/>
+      <c r="B34" s="309"/>
+      <c r="C34" s="309"/>
     </row>
     <row r="35" spans="1:3" ht="15.75">
-      <c r="A35" s="320"/>
-[...1 lines deleted...]
-      <c r="C35" s="321"/>
+      <c r="A35" s="312"/>
+      <c r="B35" s="313"/>
+      <c r="C35" s="313"/>
     </row>
     <row r="36" spans="1:3" ht="15.75">
-      <c r="A36" s="318"/>
-[...1 lines deleted...]
-      <c r="C36" s="319"/>
+      <c r="A36" s="308"/>
+      <c r="B36" s="309"/>
+      <c r="C36" s="309"/>
     </row>
     <row r="37" spans="1:3" ht="15.75">
-      <c r="A37" s="324"/>
-[...1 lines deleted...]
-      <c r="C37" s="325"/>
+      <c r="A37" s="318"/>
+      <c r="B37" s="319"/>
+      <c r="C37" s="319"/>
     </row>
     <row r="38" spans="1:3" ht="15.75">
-      <c r="A38" s="318"/>
-[...1 lines deleted...]
-      <c r="C38" s="319"/>
+      <c r="A38" s="308"/>
+      <c r="B38" s="309"/>
+      <c r="C38" s="309"/>
     </row>
     <row r="39" spans="1:3" ht="15.75">
-      <c r="A39" s="320"/>
-[...1 lines deleted...]
-      <c r="C39" s="321"/>
+      <c r="A39" s="312"/>
+      <c r="B39" s="313"/>
+      <c r="C39" s="313"/>
     </row>
     <row r="40" spans="1:3" ht="15.75">
-      <c r="A40" s="318"/>
-[...1 lines deleted...]
-      <c r="C40" s="319"/>
+      <c r="A40" s="308"/>
+      <c r="B40" s="309"/>
+      <c r="C40" s="309"/>
     </row>
     <row r="41" spans="1:3" ht="15.75">
-      <c r="A41" s="324"/>
-[...1 lines deleted...]
-      <c r="C41" s="325"/>
+      <c r="A41" s="318"/>
+      <c r="B41" s="319"/>
+      <c r="C41" s="319"/>
     </row>
     <row r="42" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A42" s="322" t="s">
-[...3 lines deleted...]
-      <c r="C42" s="323"/>
+      <c r="A42" s="314" t="s">
+        <v>649</v>
+      </c>
+      <c r="B42" s="315"/>
+      <c r="C42" s="315"/>
     </row>
     <row r="43" spans="1:3" ht="15.75">
-      <c r="A43" s="324"/>
-[...1 lines deleted...]
-      <c r="C43" s="325"/>
+      <c r="A43" s="318"/>
+      <c r="B43" s="319"/>
+      <c r="C43" s="319"/>
     </row>
     <row r="44" spans="1:3" ht="15.75">
-      <c r="A44" s="318"/>
-[...1 lines deleted...]
-      <c r="C44" s="319"/>
+      <c r="A44" s="308"/>
+      <c r="B44" s="309"/>
+      <c r="C44" s="309"/>
     </row>
     <row r="45" spans="1:3" ht="15.75">
-      <c r="A45" s="320"/>
-[...1 lines deleted...]
-      <c r="C45" s="321"/>
+      <c r="A45" s="312"/>
+      <c r="B45" s="313"/>
+      <c r="C45" s="313"/>
     </row>
     <row r="46" spans="1:3" ht="15.75">
-      <c r="A46" s="318"/>
-[...1 lines deleted...]
-      <c r="C46" s="319"/>
+      <c r="A46" s="308"/>
+      <c r="B46" s="309"/>
+      <c r="C46" s="309"/>
     </row>
     <row r="47" spans="1:3" ht="15.75">
-      <c r="A47" s="320"/>
-[...1 lines deleted...]
-      <c r="C47" s="321"/>
+      <c r="A47" s="312"/>
+      <c r="B47" s="313"/>
+      <c r="C47" s="313"/>
     </row>
     <row r="48" spans="1:3" ht="15.75">
-      <c r="A48" s="318"/>
-[...1 lines deleted...]
-      <c r="C48" s="319"/>
+      <c r="A48" s="308"/>
+      <c r="B48" s="309"/>
+      <c r="C48" s="309"/>
     </row>
     <row r="49" spans="1:3" ht="15.75">
-      <c r="A49" s="320"/>
-[...1 lines deleted...]
-      <c r="C49" s="321"/>
+      <c r="A49" s="312"/>
+      <c r="B49" s="313"/>
+      <c r="C49" s="313"/>
     </row>
     <row r="50" spans="1:3" ht="15.75">
-      <c r="A50" s="318"/>
-[...1 lines deleted...]
-      <c r="C50" s="319"/>
+      <c r="A50" s="308"/>
+      <c r="B50" s="309"/>
+      <c r="C50" s="309"/>
     </row>
     <row r="51" spans="1:3" ht="15.75">
-      <c r="A51" s="320"/>
-[...1 lines deleted...]
-      <c r="C51" s="321"/>
+      <c r="A51" s="312"/>
+      <c r="B51" s="313"/>
+      <c r="C51" s="313"/>
     </row>
     <row r="52" spans="1:3" ht="15.75">
-      <c r="A52" s="318"/>
-[...1 lines deleted...]
-      <c r="C52" s="319"/>
+      <c r="A52" s="308"/>
+      <c r="B52" s="309"/>
+      <c r="C52" s="309"/>
     </row>
     <row r="53" spans="1:3" ht="15.75">
-      <c r="A53" s="320"/>
-[...1 lines deleted...]
-      <c r="C53" s="321"/>
+      <c r="A53" s="312"/>
+      <c r="B53" s="313"/>
+      <c r="C53" s="313"/>
     </row>
     <row r="54" spans="1:3" ht="15.75">
-      <c r="A54" s="318"/>
-[...1 lines deleted...]
-      <c r="C54" s="319"/>
+      <c r="A54" s="308"/>
+      <c r="B54" s="309"/>
+      <c r="C54" s="309"/>
     </row>
     <row r="55" spans="1:3" ht="15.75">
-      <c r="A55" s="320"/>
-[...1 lines deleted...]
-      <c r="C55" s="321"/>
+      <c r="A55" s="312"/>
+      <c r="B55" s="313"/>
+      <c r="C55" s="313"/>
     </row>
     <row r="56" spans="1:3" ht="15.75">
-      <c r="A56" s="318"/>
-[...1 lines deleted...]
-      <c r="C56" s="319"/>
+      <c r="A56" s="308"/>
+      <c r="B56" s="309"/>
+      <c r="C56" s="309"/>
     </row>
     <row r="57" spans="1:3" ht="15.75">
-      <c r="A57" s="320"/>
-[...1 lines deleted...]
-      <c r="C57" s="321"/>
+      <c r="A57" s="312"/>
+      <c r="B57" s="313"/>
+      <c r="C57" s="313"/>
     </row>
     <row r="58" spans="1:3" ht="15.75">
-      <c r="A58" s="318"/>
-[...1 lines deleted...]
-      <c r="C58" s="319"/>
+      <c r="A58" s="308"/>
+      <c r="B58" s="309"/>
+      <c r="C58" s="309"/>
     </row>
     <row r="59" spans="1:3" ht="15.75">
-      <c r="A59" s="324"/>
-[...1 lines deleted...]
-      <c r="C59" s="325"/>
+      <c r="A59" s="318"/>
+      <c r="B59" s="319"/>
+      <c r="C59" s="319"/>
     </row>
     <row r="60" spans="1:3" ht="15.75">
-      <c r="A60" s="318"/>
-[...1 lines deleted...]
-      <c r="C60" s="319"/>
+      <c r="A60" s="308"/>
+      <c r="B60" s="309"/>
+      <c r="C60" s="309"/>
     </row>
     <row r="61" spans="1:3" ht="15.75">
-      <c r="A61" s="320"/>
-[...1 lines deleted...]
-      <c r="C61" s="321"/>
+      <c r="A61" s="312"/>
+      <c r="B61" s="313"/>
+      <c r="C61" s="313"/>
     </row>
     <row r="62" spans="1:3" ht="15.75">
-      <c r="A62" s="318"/>
-[...1 lines deleted...]
-      <c r="C62" s="319"/>
+      <c r="A62" s="308"/>
+      <c r="B62" s="309"/>
+      <c r="C62" s="309"/>
     </row>
     <row r="63" spans="1:3" ht="15.75">
-      <c r="A63" s="320"/>
-[...1 lines deleted...]
-      <c r="C63" s="321"/>
+      <c r="A63" s="312"/>
+      <c r="B63" s="313"/>
+      <c r="C63" s="313"/>
     </row>
     <row r="64" spans="1:3" ht="15.75">
-      <c r="A64" s="318"/>
-[...1 lines deleted...]
-      <c r="C64" s="319"/>
+      <c r="A64" s="308"/>
+      <c r="B64" s="309"/>
+      <c r="C64" s="309"/>
     </row>
     <row r="65" spans="1:3" ht="15.75">
-      <c r="A65" s="320"/>
-[...1 lines deleted...]
-      <c r="C65" s="321"/>
+      <c r="A65" s="312"/>
+      <c r="B65" s="313"/>
+      <c r="C65" s="313"/>
     </row>
     <row r="66" spans="1:3" ht="15.75">
-      <c r="A66" s="318"/>
-[...1 lines deleted...]
-      <c r="C66" s="319"/>
+      <c r="A66" s="308"/>
+      <c r="B66" s="309"/>
+      <c r="C66" s="309"/>
     </row>
     <row r="67" spans="1:3" ht="15.75">
-      <c r="A67" s="320"/>
-[...1 lines deleted...]
-      <c r="C67" s="321"/>
+      <c r="A67" s="312"/>
+      <c r="B67" s="313"/>
+      <c r="C67" s="313"/>
     </row>
     <row r="68" spans="1:3" ht="15.75">
-      <c r="A68" s="318"/>
-[...1 lines deleted...]
-      <c r="C68" s="319"/>
+      <c r="A68" s="308"/>
+      <c r="B68" s="309"/>
+      <c r="C68" s="309"/>
     </row>
     <row r="69" spans="1:3" ht="15.75">
-      <c r="A69" s="320"/>
-[...1 lines deleted...]
-      <c r="C69" s="321"/>
+      <c r="A69" s="312"/>
+      <c r="B69" s="313"/>
+      <c r="C69" s="313"/>
     </row>
     <row r="70" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A70" s="322" t="s">
-[...3 lines deleted...]
-      <c r="C70" s="323"/>
+      <c r="A70" s="314" t="s">
+        <v>648</v>
+      </c>
+      <c r="B70" s="315"/>
+      <c r="C70" s="315"/>
     </row>
     <row r="71" spans="1:3" ht="15.75">
-      <c r="A71" s="320"/>
-[...1 lines deleted...]
-      <c r="C71" s="321"/>
+      <c r="A71" s="312"/>
+      <c r="B71" s="313"/>
+      <c r="C71" s="313"/>
     </row>
     <row r="72" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A72" s="322"/>
-[...1 lines deleted...]
-      <c r="C72" s="323"/>
+      <c r="A72" s="314"/>
+      <c r="B72" s="315"/>
+      <c r="C72" s="315"/>
     </row>
     <row r="73" spans="1:3" ht="15.75">
-      <c r="A73" s="320"/>
-[...1 lines deleted...]
-      <c r="C73" s="321"/>
+      <c r="A73" s="312"/>
+      <c r="B73" s="313"/>
+      <c r="C73" s="313"/>
     </row>
     <row r="74" spans="1:3" ht="15.75">
-      <c r="A74" s="318"/>
-[...1 lines deleted...]
-      <c r="C74" s="319"/>
+      <c r="A74" s="308"/>
+      <c r="B74" s="309"/>
+      <c r="C74" s="309"/>
     </row>
     <row r="75" spans="1:3" ht="15.75">
-      <c r="A75" s="320"/>
-[...1 lines deleted...]
-      <c r="C75" s="321"/>
+      <c r="A75" s="312"/>
+      <c r="B75" s="313"/>
+      <c r="C75" s="313"/>
     </row>
     <row r="76" spans="1:3" ht="15.75">
-      <c r="A76" s="318"/>
-[...1 lines deleted...]
-      <c r="C76" s="319"/>
+      <c r="A76" s="308"/>
+      <c r="B76" s="309"/>
+      <c r="C76" s="309"/>
     </row>
     <row r="77" spans="1:3" ht="15.75">
-      <c r="A77" s="320"/>
-[...1 lines deleted...]
-      <c r="C77" s="321"/>
+      <c r="A77" s="312"/>
+      <c r="B77" s="313"/>
+      <c r="C77" s="313"/>
     </row>
     <row r="78" spans="1:3" ht="15.75">
-      <c r="A78" s="318"/>
-[...1 lines deleted...]
-      <c r="C78" s="319"/>
+      <c r="A78" s="308"/>
+      <c r="B78" s="309"/>
+      <c r="C78" s="309"/>
     </row>
     <row r="79" spans="1:3" ht="16.5" customHeight="1">
-      <c r="A79" s="320"/>
-[...1 lines deleted...]
-      <c r="C79" s="321"/>
+      <c r="A79" s="312"/>
+      <c r="B79" s="313"/>
+      <c r="C79" s="313"/>
     </row>
     <row r="80" spans="1:3" ht="16.5" customHeight="1">
-      <c r="A80" s="318"/>
-[...1 lines deleted...]
-      <c r="C80" s="319"/>
+      <c r="A80" s="308"/>
+      <c r="B80" s="309"/>
+      <c r="C80" s="309"/>
     </row>
     <row r="81" spans="1:3" ht="15" customHeight="1">
-      <c r="A81" s="320"/>
-[...1 lines deleted...]
-      <c r="C81" s="321"/>
+      <c r="A81" s="312"/>
+      <c r="B81" s="313"/>
+      <c r="C81" s="313"/>
     </row>
     <row r="82" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A82" s="318"/>
-[...1 lines deleted...]
-      <c r="C82" s="319"/>
+      <c r="A82" s="308"/>
+      <c r="B82" s="309"/>
+      <c r="C82" s="309"/>
     </row>
     <row r="83" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A83" s="320"/>
-[...1 lines deleted...]
-      <c r="C83" s="321"/>
+      <c r="A83" s="312"/>
+      <c r="B83" s="313"/>
+      <c r="C83" s="313"/>
     </row>
     <row r="84" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A84" s="318"/>
-[...1 lines deleted...]
-      <c r="C84" s="319"/>
+      <c r="A84" s="308"/>
+      <c r="B84" s="309"/>
+      <c r="C84" s="309"/>
     </row>
     <row r="85" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A85" s="320"/>
-[...1 lines deleted...]
-      <c r="C85" s="321"/>
+      <c r="A85" s="312"/>
+      <c r="B85" s="313"/>
+      <c r="C85" s="313"/>
     </row>
     <row r="86" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A86" s="318"/>
-[...1 lines deleted...]
-      <c r="C86" s="319"/>
+      <c r="A86" s="308"/>
+      <c r="B86" s="309"/>
+      <c r="C86" s="309"/>
     </row>
     <row r="87" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A87" s="320"/>
-[...1 lines deleted...]
-      <c r="C87" s="321"/>
+      <c r="A87" s="312"/>
+      <c r="B87" s="313"/>
+      <c r="C87" s="313"/>
     </row>
     <row r="88" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A88" s="318"/>
-[...1 lines deleted...]
-      <c r="C88" s="319"/>
+      <c r="A88" s="308"/>
+      <c r="B88" s="309"/>
+      <c r="C88" s="309"/>
     </row>
     <row r="89" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A89" s="320"/>
-[...1 lines deleted...]
-      <c r="C89" s="321"/>
+      <c r="A89" s="312"/>
+      <c r="B89" s="313"/>
+      <c r="C89" s="313"/>
     </row>
     <row r="90" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A90" s="318"/>
-[...1 lines deleted...]
-      <c r="C90" s="319"/>
+      <c r="A90" s="308"/>
+      <c r="B90" s="309"/>
+      <c r="C90" s="309"/>
     </row>
     <row r="91" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A91" s="320"/>
-[...1 lines deleted...]
-      <c r="C91" s="321"/>
+      <c r="A91" s="312"/>
+      <c r="B91" s="313"/>
+      <c r="C91" s="313"/>
     </row>
     <row r="92" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A92" s="318"/>
-[...1 lines deleted...]
-      <c r="C92" s="319"/>
+      <c r="A92" s="308"/>
+      <c r="B92" s="309"/>
+      <c r="C92" s="309"/>
     </row>
     <row r="93" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A93" s="320"/>
-[...1 lines deleted...]
-      <c r="C93" s="321"/>
+      <c r="A93" s="312"/>
+      <c r="B93" s="313"/>
+      <c r="C93" s="313"/>
     </row>
     <row r="94" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A94" s="318"/>
-[...1 lines deleted...]
-      <c r="C94" s="319"/>
+      <c r="A94" s="308"/>
+      <c r="B94" s="309"/>
+      <c r="C94" s="309"/>
     </row>
     <row r="95" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A95" s="320"/>
-[...1 lines deleted...]
-      <c r="C95" s="321"/>
+      <c r="A95" s="312"/>
+      <c r="B95" s="313"/>
+      <c r="C95" s="313"/>
     </row>
     <row r="96" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A96" s="318"/>
-[...1 lines deleted...]
-      <c r="C96" s="319"/>
+      <c r="A96" s="308"/>
+      <c r="B96" s="309"/>
+      <c r="C96" s="309"/>
     </row>
     <row r="97" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A97" s="153"/>
-[...1 lines deleted...]
-      <c r="C97" s="153"/>
+      <c r="A97" s="150"/>
+      <c r="B97" s="150"/>
+      <c r="C97" s="150"/>
     </row>
     <row r="98" spans="1:3" ht="15.75" customHeight="1">
-      <c r="A98" s="153"/>
-[...1 lines deleted...]
-      <c r="C98" s="153"/>
+      <c r="A98" s="150"/>
+      <c r="B98" s="150"/>
+      <c r="C98" s="150"/>
     </row>
   </sheetData>
   <mergeCells count="96">
-    <mergeCell ref="A6:C6"/>
-[...44 lines deleted...]
-    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A76:C76"/>
+    <mergeCell ref="A71:C71"/>
+    <mergeCell ref="A72:C72"/>
+    <mergeCell ref="A73:C73"/>
+    <mergeCell ref="A74:C74"/>
+    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A85:C85"/>
+    <mergeCell ref="A86:C86"/>
+    <mergeCell ref="A87:C87"/>
+    <mergeCell ref="A77:C77"/>
+    <mergeCell ref="A78:C78"/>
+    <mergeCell ref="A94:C94"/>
+    <mergeCell ref="A95:C95"/>
+    <mergeCell ref="A96:C96"/>
+    <mergeCell ref="A70:C70"/>
+    <mergeCell ref="A88:C88"/>
+    <mergeCell ref="A89:C89"/>
+    <mergeCell ref="A90:C90"/>
+    <mergeCell ref="A91:C91"/>
+    <mergeCell ref="A92:C92"/>
+    <mergeCell ref="A79:C79"/>
+    <mergeCell ref="A80:C80"/>
+    <mergeCell ref="A81:C81"/>
+    <mergeCell ref="A82:C82"/>
+    <mergeCell ref="A93:C93"/>
+    <mergeCell ref="A83:C83"/>
+    <mergeCell ref="A84:C84"/>
+    <mergeCell ref="A68:C68"/>
+    <mergeCell ref="A59:C59"/>
+    <mergeCell ref="A60:C60"/>
+    <mergeCell ref="A61:C61"/>
+    <mergeCell ref="A62:C62"/>
+    <mergeCell ref="A63:C63"/>
+    <mergeCell ref="A66:C66"/>
     <mergeCell ref="A69:C69"/>
     <mergeCell ref="A58:C58"/>
     <mergeCell ref="A47:C47"/>
     <mergeCell ref="A48:C48"/>
     <mergeCell ref="A49:C49"/>
     <mergeCell ref="A50:C50"/>
     <mergeCell ref="A51:C51"/>
     <mergeCell ref="A52:C52"/>
     <mergeCell ref="A53:C53"/>
     <mergeCell ref="A54:C54"/>
     <mergeCell ref="A55:C55"/>
     <mergeCell ref="A56:C56"/>
     <mergeCell ref="A57:C57"/>
     <mergeCell ref="A64:C64"/>
     <mergeCell ref="A65:C65"/>
     <mergeCell ref="A67:C67"/>
-    <mergeCell ref="A68:C68"/>
-[...32 lines deleted...]
-    <mergeCell ref="A75:C75"/>
+    <mergeCell ref="A46:C46"/>
+    <mergeCell ref="A35:C35"/>
+    <mergeCell ref="A36:C36"/>
+    <mergeCell ref="A37:C37"/>
+    <mergeCell ref="A38:C38"/>
+    <mergeCell ref="A39:C39"/>
+    <mergeCell ref="A45:C45"/>
+    <mergeCell ref="A40:C40"/>
+    <mergeCell ref="A41:C41"/>
+    <mergeCell ref="A42:C42"/>
+    <mergeCell ref="A43:C43"/>
+    <mergeCell ref="A44:C44"/>
+    <mergeCell ref="A20:C20"/>
+    <mergeCell ref="A21:C21"/>
+    <mergeCell ref="A34:C34"/>
+    <mergeCell ref="A23:C23"/>
+    <mergeCell ref="A24:C24"/>
+    <mergeCell ref="A25:C25"/>
+    <mergeCell ref="A26:C26"/>
+    <mergeCell ref="A27:C27"/>
+    <mergeCell ref="A28:C28"/>
+    <mergeCell ref="A29:C29"/>
+    <mergeCell ref="A22:C22"/>
+    <mergeCell ref="A30:C30"/>
+    <mergeCell ref="A31:C31"/>
+    <mergeCell ref="A32:C32"/>
+    <mergeCell ref="A33:C33"/>
+    <mergeCell ref="A16:C16"/>
+    <mergeCell ref="A17:C17"/>
+    <mergeCell ref="A18:C18"/>
+    <mergeCell ref="A19:C19"/>
+    <mergeCell ref="A10:C10"/>
+    <mergeCell ref="A11:C11"/>
+    <mergeCell ref="A12:C12"/>
+    <mergeCell ref="A13:C13"/>
+    <mergeCell ref="A14:C14"/>
+    <mergeCell ref="A15:C15"/>
+    <mergeCell ref="A6:C6"/>
+    <mergeCell ref="A7:C7"/>
+    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="A9:C9"/>
+    <mergeCell ref="A1:C1"/>
+    <mergeCell ref="A2:C2"/>
+    <mergeCell ref="A3:C3"/>
+    <mergeCell ref="A4:C4"/>
+    <mergeCell ref="A5:C5"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet18.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6E3DB7A9-0EA9-429C-95CB-0295647DBC9D}">
   <dimension ref="A1:A28"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C24" sqref="C24:D24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="142.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:1" ht="30.75" thickBot="1">
-      <c r="A1" s="156" t="s">
-        <v>683</v>
+      <c r="A1" s="153" t="s">
+        <v>679</v>
       </c>
     </row>
     <row r="2" spans="1:1" ht="17.25" thickTop="1" thickBot="1">
-      <c r="A2" s="155" t="s">
-        <v>682</v>
+      <c r="A2" s="152" t="s">
+        <v>678</v>
       </c>
     </row>
     <row r="3" spans="1:1" ht="14.25">
-      <c r="A3" s="154" t="s">
-        <v>681</v>
+      <c r="A3" s="151" t="s">
+        <v>677</v>
       </c>
     </row>
     <row r="4" spans="1:1" ht="14.25">
-      <c r="A4" s="154" t="s">
-        <v>680</v>
+      <c r="A4" s="151" t="s">
+        <v>676</v>
       </c>
     </row>
     <row r="5" spans="1:1" ht="14.25">
-      <c r="A5" s="154" t="s">
-        <v>679</v>
+      <c r="A5" s="151" t="s">
+        <v>675</v>
       </c>
     </row>
     <row r="6" spans="1:1" ht="14.25">
-      <c r="A6" s="154" t="s">
-        <v>678</v>
+      <c r="A6" s="151" t="s">
+        <v>674</v>
       </c>
     </row>
     <row r="7" spans="1:1" ht="14.25">
-      <c r="A7" s="154" t="s">
-        <v>677</v>
+      <c r="A7" s="151" t="s">
+        <v>673</v>
       </c>
     </row>
     <row r="8" spans="1:1" ht="14.25">
-      <c r="A8" s="154" t="s">
-        <v>676</v>
+      <c r="A8" s="151" t="s">
+        <v>672</v>
       </c>
     </row>
     <row r="9" spans="1:1" ht="13.5" thickBot="1"/>
     <row r="10" spans="1:1" ht="17.25" thickTop="1" thickBot="1">
-      <c r="A10" s="155" t="s">
-        <v>675</v>
+      <c r="A10" s="152" t="s">
+        <v>671</v>
       </c>
     </row>
     <row r="23" spans="1:1" ht="30.75" thickBot="1">
-      <c r="A23" s="156" t="s">
-        <v>674</v>
+      <c r="A23" s="153" t="s">
+        <v>670</v>
       </c>
     </row>
     <row r="24" spans="1:1" ht="17.25" thickTop="1" thickBot="1">
-      <c r="A24" s="155" t="s">
-        <v>673</v>
+      <c r="A24" s="152" t="s">
+        <v>669</v>
       </c>
     </row>
     <row r="25" spans="1:1" ht="14.25">
-      <c r="A25" s="154" t="s">
-        <v>672</v>
+      <c r="A25" s="151" t="s">
+        <v>668</v>
       </c>
     </row>
     <row r="26" spans="1:1" ht="15" thickBot="1">
-      <c r="A26" s="154" t="s">
-        <v>671</v>
+      <c r="A26" s="151" t="s">
+        <v>667</v>
       </c>
     </row>
     <row r="27" spans="1:1" ht="17.25" thickTop="1" thickBot="1">
-      <c r="A27" s="155" t="s">
-        <v>670</v>
+      <c r="A27" s="152" t="s">
+        <v>666</v>
       </c>
     </row>
     <row r="28" spans="1:1" ht="14.25">
-      <c r="A28" s="154"/>
+      <c r="A28" s="151"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:S45"/>
   <sheetViews>
     <sheetView view="pageBreakPreview" zoomScale="60" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="A13" sqref="A13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="58.85546875" style="2" customWidth="1"/>
     <col min="2" max="2" width="80.140625" style="2" customWidth="1"/>
     <col min="3" max="3" width="80.42578125" style="2" customWidth="1"/>
     <col min="4" max="4" width="12.7109375" style="2" customWidth="1"/>
     <col min="5" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="81" customHeight="1" thickBot="1">
-      <c r="A1" s="213" t="s">
+      <c r="A1" s="210" t="s">
         <v>139</v>
       </c>
-      <c r="B1" s="213"/>
-      <c r="C1" s="213"/>
+      <c r="B1" s="210"/>
+      <c r="C1" s="210"/>
     </row>
     <row r="2" spans="1:3" ht="30" customHeight="1" thickBot="1">
       <c r="A2" s="20" t="s">
         <v>20</v>
       </c>
       <c r="B2" s="20" t="s">
         <v>97</v>
       </c>
       <c r="C2" s="20" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="43.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A3" s="21" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C3" s="22" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="21" t="s">
@@ -12282,123 +12198,123 @@
       <c r="B10" s="22" t="s">
         <v>50</v>
       </c>
       <c r="C10" s="22"/>
     </row>
     <row r="11" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="21" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="23" t="s">
         <v>9</v>
       </c>
       <c r="C11" s="23"/>
     </row>
     <row r="12" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="21" t="s">
         <v>51</v>
       </c>
       <c r="B12" s="22" t="s">
         <v>52</v>
       </c>
       <c r="C12" s="22"/>
     </row>
     <row r="13" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A13" s="21" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="B13" s="22" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="C13" s="22"/>
     </row>
     <row r="14" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A14" s="21" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="23" t="s">
         <v>105</v>
       </c>
       <c r="C14" s="23" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A15" s="21" t="s">
         <v>75</v>
       </c>
       <c r="B15" s="22" t="s">
         <v>76</v>
       </c>
       <c r="C15" s="22"/>
     </row>
     <row r="16" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A16" s="21" t="s">
         <v>114</v>
       </c>
       <c r="B16" s="23" t="s">
         <v>106</v>
       </c>
       <c r="C16" s="23" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A17" s="21" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="22" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="C17" s="22" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A18" s="21" t="s">
         <v>54</v>
       </c>
       <c r="B18" s="23" t="s">
         <v>55</v>
       </c>
       <c r="C18" s="23"/>
     </row>
     <row r="19" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A19" s="21" t="s">
         <v>56</v>
       </c>
       <c r="B19" s="22" t="s">
         <v>57</v>
       </c>
       <c r="C19" s="22"/>
     </row>
     <row r="20" spans="1:3" ht="71.25" thickTop="1" thickBot="1">
       <c r="A20" s="21" t="s">
         <v>38</v>
       </c>
       <c r="B20" s="23" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="C20" s="23"/>
     </row>
     <row r="21" spans="1:3" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A21" s="21" t="s">
         <v>39</v>
       </c>
       <c r="B21" s="22" t="s">
         <v>40</v>
       </c>
       <c r="C21" s="22"/>
     </row>
     <row r="22" spans="1:3" customFormat="1" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A22" s="21" t="s">
         <v>58</v>
       </c>
       <c r="B22" s="23" t="s">
         <v>72</v>
       </c>
       <c r="C22" s="23"/>
     </row>
     <row r="23" spans="1:3" customFormat="1" ht="54" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="21" t="s">
         <v>59</v>
       </c>
@@ -12638,75 +12554,75 @@
     </row>
     <row r="45" spans="1:19" ht="13.5" thickTop="1"/>
   </sheetData>
   <autoFilter ref="A2:C44" xr:uid="{C25385AB-9CDA-4071-AB2A-A8A67B2EBB1B}">
     <filterColumn colId="2" showButton="0"/>
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C44">
       <sortCondition ref="A2:A42"/>
     </sortState>
   </autoFilter>
   <mergeCells count="1">
     <mergeCell ref="A1:C1"/>
   </mergeCells>
   <phoneticPr fontId="16" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup scale="29" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A375AFF4-4366-4863-A2A2-313C82263D80}">
   <dimension ref="A1:F120"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A51" workbookViewId="0">
+    <sheetView workbookViewId="0">
       <selection activeCell="C34" sqref="C34"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="87.5703125" style="25" customWidth="1"/>
     <col min="2" max="2" width="69.28515625" style="25" customWidth="1"/>
     <col min="3" max="3" width="28.5703125" style="25" customWidth="1"/>
     <col min="4" max="4" width="37.42578125" style="25" customWidth="1"/>
     <col min="5" max="5" width="28.7109375" style="25" customWidth="1"/>
     <col min="6" max="16384" width="9.140625" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:2" ht="30" customHeight="1">
-      <c r="A1" s="221" t="s">
+      <c r="A1" s="218" t="s">
         <v>256</v>
       </c>
-      <c r="B1" s="215"/>
+      <c r="B1" s="212"/>
     </row>
     <row r="2" spans="1:2" ht="30" customHeight="1">
-      <c r="A2" s="217" t="s">
+      <c r="A2" s="214" t="s">
         <v>255</v>
       </c>
-      <c r="B2" s="218"/>
+      <c r="B2" s="215"/>
     </row>
     <row r="3" spans="1:2" ht="30" customHeight="1" thickBot="1">
       <c r="A3" s="25" t="s">
         <v>254</v>
       </c>
       <c r="B3" s="31"/>
     </row>
     <row r="4" spans="1:2" ht="41.25" customHeight="1" thickBot="1">
       <c r="A4" s="39" t="s">
         <v>253</v>
       </c>
       <c r="B4" s="39" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="5" spans="1:2" s="38" customFormat="1" ht="26.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="34" t="s">
         <v>252</v>
       </c>
       <c r="B5" s="33" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="6" spans="1:2" s="38" customFormat="1" ht="26.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="34" t="s">
@@ -12848,182 +12764,182 @@
       <c r="A23" s="34" t="s">
         <v>218</v>
       </c>
       <c r="B23" s="33" t="s">
         <v>217</v>
       </c>
     </row>
     <row r="24" spans="1:6" ht="26.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A24" s="34" t="s">
         <v>216</v>
       </c>
       <c r="B24" s="37" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="25" spans="1:6" ht="26.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A25" s="34" t="s">
         <v>214</v>
       </c>
       <c r="B25" s="33" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="26" spans="1:6" ht="26.25" customHeight="1"/>
     <row r="27" spans="1:6" customFormat="1" ht="24.75" customHeight="1">
-      <c r="A27" s="211" t="s">
-[...6 lines deleted...]
-      <c r="F27" s="212"/>
+      <c r="A27" s="208" t="s">
+        <v>778</v>
+      </c>
+      <c r="B27" s="209"/>
+      <c r="C27" s="209"/>
+      <c r="D27" s="209"/>
+      <c r="E27" s="209"/>
+      <c r="F27" s="209"/>
     </row>
     <row r="28" spans="1:6" ht="26.25" customHeight="1" thickBot="1">
-      <c r="A28" s="225" t="s">
+      <c r="A28" s="222" t="s">
         <v>212</v>
       </c>
-      <c r="B28" s="225"/>
-[...1 lines deleted...]
-      <c r="D28" s="225"/>
+      <c r="B28" s="222"/>
+      <c r="C28" s="222"/>
+      <c r="D28" s="222"/>
     </row>
     <row r="29" spans="1:6" ht="41.25" customHeight="1" thickBot="1">
-      <c r="A29" s="226" t="s">
-[...4 lines deleted...]
-      <c r="D29" s="226"/>
+      <c r="A29" s="223" t="s">
+        <v>780</v>
+      </c>
+      <c r="B29" s="223"/>
+      <c r="C29" s="223"/>
+      <c r="D29" s="223"/>
     </row>
     <row r="30" spans="1:6" ht="39.75" customHeight="1" thickBot="1">
       <c r="A30" s="36" t="s">
         <v>96</v>
       </c>
       <c r="B30" s="36" t="s">
         <v>210</v>
       </c>
       <c r="C30" s="36" t="s">
         <v>209</v>
       </c>
       <c r="D30" s="36" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="31" spans="1:6" ht="34.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A31" s="34" t="s">
-        <v>794</v>
+        <v>790</v>
       </c>
       <c r="B31" s="35"/>
       <c r="C31" s="35" t="s">
-        <v>795</v>
+        <v>791</v>
       </c>
       <c r="D31" s="35"/>
     </row>
     <row r="32" spans="1:6" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A32" s="34" t="s">
         <v>207</v>
       </c>
       <c r="B32" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C32" s="35"/>
       <c r="D32" s="35"/>
     </row>
     <row r="33" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A33" s="34" t="s">
         <v>206</v>
       </c>
       <c r="B33" s="35"/>
       <c r="C33" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D33" s="35"/>
     </row>
     <row r="34" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A34" s="34" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="B34" s="35"/>
       <c r="C34" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D34" s="35"/>
     </row>
     <row r="35" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A35" s="34" t="s">
         <v>23</v>
       </c>
       <c r="B35" s="35"/>
       <c r="C35" s="35"/>
       <c r="D35" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="36" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A36" s="34" t="s">
         <v>205</v>
       </c>
       <c r="B36" s="35"/>
       <c r="C36" s="35"/>
       <c r="D36" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="37" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A37" s="34" t="s">
         <v>204</v>
       </c>
       <c r="B37" s="35"/>
       <c r="C37" s="35"/>
       <c r="D37" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="38" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A38" s="34" t="s">
         <v>203</v>
       </c>
       <c r="B38" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C38" s="35"/>
       <c r="D38" s="35"/>
     </row>
     <row r="39" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A39" s="34" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="B39" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C39" s="35"/>
       <c r="D39" s="35"/>
     </row>
     <row r="40" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A40" s="34" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="B40" s="35"/>
       <c r="C40" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D40" s="35"/>
     </row>
     <row r="41" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A41" s="34" t="s">
         <v>202</v>
       </c>
       <c r="B41" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C41" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D41" s="35"/>
     </row>
     <row r="42" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A42" s="34" t="s">
         <v>201</v>
       </c>
       <c r="B42" s="35"/>
       <c r="C42" s="35" t="s">
@@ -13033,51 +12949,51 @@
     </row>
     <row r="43" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A43" s="34" t="s">
         <v>200</v>
       </c>
       <c r="B43" s="35"/>
       <c r="C43" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D43" s="35"/>
     </row>
     <row r="44" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A44" s="34" t="s">
         <v>199</v>
       </c>
       <c r="B44" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C44" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D44" s="35"/>
     </row>
     <row r="45" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A45" s="34" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="B45" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C45" s="35"/>
       <c r="D45" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="46" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A46" s="34" t="s">
         <v>198</v>
       </c>
       <c r="B46" s="35"/>
       <c r="C46" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D46" s="35"/>
     </row>
     <row r="47" spans="1:4" ht="48.75" thickTop="1" thickBot="1">
       <c r="A47" s="34" t="s">
         <v>197</v>
       </c>
       <c r="B47" s="35"/>
       <c r="C47" s="35" t="s">
@@ -13123,143 +13039,143 @@
         <v>24</v>
       </c>
     </row>
     <row r="52" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A52" s="34" t="s">
         <v>192</v>
       </c>
       <c r="B52" s="35"/>
       <c r="C52" s="35"/>
       <c r="D52" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="53" spans="1:4" ht="48.75" thickTop="1" thickBot="1">
       <c r="A53" s="34" t="s">
         <v>191</v>
       </c>
       <c r="B53" s="35"/>
       <c r="C53" s="35" t="s">
         <v>180</v>
       </c>
       <c r="D53" s="35"/>
     </row>
     <row r="54" spans="1:4" ht="17.25" thickTop="1" thickBot="1">
       <c r="A54" s="34" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="B54" s="35"/>
       <c r="C54" s="35"/>
       <c r="D54" s="35"/>
     </row>
     <row r="55" spans="1:4" ht="17.25" thickTop="1" thickBot="1">
       <c r="A55" s="34" t="s">
-        <v>702</v>
+        <v>698</v>
       </c>
       <c r="B55" s="35"/>
       <c r="C55" s="35"/>
       <c r="D55" s="35"/>
     </row>
     <row r="56" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A56" s="34" t="s">
         <v>190</v>
       </c>
       <c r="B56" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C56" s="35"/>
       <c r="D56" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="57" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A57" s="34" t="s">
         <v>189</v>
       </c>
       <c r="B57" s="35" t="s">
         <v>24</v>
       </c>
       <c r="C57" s="35"/>
       <c r="D57" s="35"/>
     </row>
     <row r="58" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A58" s="34" t="s">
-        <v>797</v>
+        <v>793</v>
       </c>
       <c r="B58" s="35"/>
       <c r="C58" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D58" s="35"/>
     </row>
     <row r="59" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A59" s="34" t="s">
         <v>188</v>
       </c>
       <c r="B59" s="35"/>
       <c r="C59" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D59" s="35"/>
     </row>
     <row r="60" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A60" s="34" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="B60" s="35"/>
       <c r="C60" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D60" s="35"/>
     </row>
     <row r="61" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A61" s="34" t="s">
         <v>187</v>
       </c>
       <c r="B61" s="35"/>
       <c r="C61" s="35"/>
       <c r="D61" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="62" spans="1:4" ht="17.25" thickTop="1" thickBot="1">
       <c r="A62" s="34" t="s">
         <v>186</v>
       </c>
       <c r="B62" s="35"/>
       <c r="C62" s="35"/>
       <c r="D62" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="63" spans="1:4" ht="17.25" thickTop="1" thickBot="1">
       <c r="A63" s="34" t="s">
         <v>185</v>
       </c>
       <c r="B63" s="35"/>
       <c r="C63" s="35" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="D63" s="35"/>
     </row>
     <row r="64" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A64" s="34" t="s">
         <v>184</v>
       </c>
       <c r="B64" s="35"/>
       <c r="C64" s="35"/>
       <c r="D64" s="35" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="65" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A65" s="34" t="s">
         <v>183</v>
       </c>
       <c r="B65" s="35"/>
       <c r="C65" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D65" s="35"/>
     </row>
     <row r="66" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A66" s="34" t="s">
@@ -13280,100 +13196,100 @@
         <v>180</v>
       </c>
       <c r="D67" s="35"/>
     </row>
     <row r="68" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A68" s="34" t="s">
         <v>48</v>
       </c>
       <c r="B68" s="35"/>
       <c r="C68" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D68" s="35"/>
     </row>
     <row r="69" spans="1:4" ht="29.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A69" s="34" t="s">
         <v>22</v>
       </c>
       <c r="B69" s="35"/>
       <c r="C69" s="35" t="s">
         <v>24</v>
       </c>
       <c r="D69" s="35"/>
     </row>
     <row r="70" spans="1:4" ht="29.25" customHeight="1" thickBot="1">
-      <c r="A70" s="197" t="s">
-[...2 lines deleted...]
-      <c r="B70" s="198" t="s">
+      <c r="A70" s="194" t="s">
+        <v>765</v>
+      </c>
+      <c r="B70" s="195" t="s">
         <v>24</v>
       </c>
-      <c r="C70" s="198"/>
-      <c r="D70" s="198"/>
+      <c r="C70" s="195"/>
+      <c r="D70" s="195"/>
     </row>
     <row r="71" spans="1:4" ht="24.75" customHeight="1" thickBot="1">
-      <c r="A71" s="223" t="s">
+      <c r="A71" s="220" t="s">
         <v>179</v>
       </c>
-      <c r="B71" s="224"/>
+      <c r="B71" s="221"/>
     </row>
     <row r="72" spans="1:4" ht="23.25" customHeight="1" thickBot="1">
-      <c r="A72" s="223" t="s">
+      <c r="A72" s="220" t="s">
         <v>178</v>
       </c>
-      <c r="B72" s="224"/>
+      <c r="B72" s="221"/>
     </row>
     <row r="99" spans="1:2" ht="20.25">
-      <c r="A99" s="214" t="s">
+      <c r="A99" s="211" t="s">
         <v>177</v>
       </c>
-      <c r="B99" s="215"/>
+      <c r="B99" s="212"/>
     </row>
     <row r="100" spans="1:2" ht="36.75" customHeight="1">
-      <c r="A100" s="222" t="s">
+      <c r="A100" s="219" t="s">
         <v>176</v>
       </c>
-      <c r="B100" s="218"/>
+      <c r="B100" s="215"/>
     </row>
     <row r="101" spans="1:2" ht="24.75" customHeight="1">
-      <c r="A101" s="217" t="s">
+      <c r="A101" s="214" t="s">
         <v>175</v>
       </c>
-      <c r="B101" s="218"/>
+      <c r="B101" s="215"/>
     </row>
     <row r="102" spans="1:2" ht="15.75">
       <c r="A102" s="32" t="s">
         <v>174</v>
       </c>
       <c r="B102" s="31"/>
     </row>
     <row r="103" spans="1:2" ht="15.75">
-      <c r="A103" s="219" t="s">
+      <c r="A103" s="216" t="s">
         <v>173</v>
       </c>
-      <c r="B103" s="220"/>
+      <c r="B103" s="217"/>
     </row>
     <row r="104" spans="1:2" ht="18" customHeight="1" thickBot="1">
       <c r="A104" s="25" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="105" spans="1:2" ht="18" customHeight="1" thickBot="1">
       <c r="A105" s="27" t="s">
         <v>171</v>
       </c>
       <c r="B105" s="27" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="106" spans="1:2" ht="18" customHeight="1" thickTop="1" thickBot="1">
       <c r="A106" s="27" t="s">
         <v>169</v>
       </c>
       <c r="B106" s="30" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="107" spans="1:2" ht="18" customHeight="1" thickTop="1" thickBot="1">
       <c r="A107" s="27" t="s">
         <v>168</v>
@@ -13442,461 +13358,461 @@
       <c r="A115" s="27" t="s">
         <v>159</v>
       </c>
       <c r="B115" s="29" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="116" spans="1:2" ht="18" customHeight="1" thickTop="1" thickBot="1">
       <c r="A116" s="27" t="s">
         <v>157</v>
       </c>
       <c r="B116" s="28" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="117" spans="1:2" ht="18" customHeight="1" thickTop="1" thickBot="1">
       <c r="A117" s="27" t="s">
         <v>156</v>
       </c>
       <c r="B117" s="26" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="118" spans="1:2" ht="13.5" thickTop="1"/>
     <row r="119" spans="1:2" ht="33" customHeight="1">
-      <c r="A119" s="214" t="s">
+      <c r="A119" s="211" t="s">
         <v>154</v>
       </c>
-      <c r="B119" s="215"/>
+      <c r="B119" s="212"/>
     </row>
     <row r="120" spans="1:2" ht="91.5" customHeight="1">
-      <c r="A120" s="216" t="s">
+      <c r="A120" s="213" t="s">
         <v>153</v>
       </c>
-      <c r="B120" s="216"/>
+      <c r="B120" s="213"/>
     </row>
   </sheetData>
   <autoFilter ref="A30:D30" xr:uid="{A375AFF4-4366-4863-A2A2-313C82263D80}"/>
   <mergeCells count="13">
     <mergeCell ref="A119:B119"/>
     <mergeCell ref="A120:B120"/>
     <mergeCell ref="A101:B101"/>
     <mergeCell ref="A103:B103"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A99:B99"/>
     <mergeCell ref="A100:B100"/>
     <mergeCell ref="A71:B71"/>
     <mergeCell ref="A72:B72"/>
     <mergeCell ref="A27:F27"/>
     <mergeCell ref="A28:D28"/>
     <mergeCell ref="A29:D29"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C37852E8-9C52-4DED-86B3-7C5F292C9CE3}">
   <dimension ref="A1:C22"/>
   <sheetViews>
     <sheetView topLeftCell="A48" workbookViewId="0">
       <selection sqref="A1:C1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="31.5703125" style="25" customWidth="1"/>
     <col min="2" max="2" width="65.7109375" style="25" customWidth="1"/>
     <col min="3" max="3" width="132.7109375" style="25" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="25"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="82.5" customHeight="1" thickBot="1">
-      <c r="A1" s="227" t="s">
+      <c r="A1" s="224" t="s">
         <v>390</v>
       </c>
-      <c r="B1" s="227"/>
-      <c r="C1" s="227"/>
+      <c r="B1" s="224"/>
+      <c r="C1" s="224"/>
     </row>
     <row r="2" spans="1:3" ht="24.75" customHeight="1" thickBot="1">
       <c r="A2" s="39" t="s">
         <v>389</v>
       </c>
       <c r="B2" s="39" t="s">
         <v>388</v>
       </c>
       <c r="C2" s="27" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="3" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A3" s="27" t="s">
         <v>385</v>
       </c>
       <c r="B3" s="33" t="s">
         <v>352</v>
       </c>
       <c r="C3" s="33" t="s">
         <v>386</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="27" t="s">
         <v>385</v>
       </c>
-      <c r="B4" s="202" t="s">
+      <c r="B4" s="199" t="s">
         <v>384</v>
       </c>
-      <c r="C4" s="202" t="s">
+      <c r="C4" s="199" t="s">
         <v>383</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="27" t="s">
         <v>382</v>
       </c>
       <c r="B5" s="33"/>
       <c r="C5" s="33" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="27" t="s">
         <v>380</v>
       </c>
-      <c r="B6" s="202" t="s">
+      <c r="B6" s="199" t="s">
         <v>379</v>
       </c>
-      <c r="C6" s="202" t="s">
+      <c r="C6" s="199" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A7" s="27" t="s">
         <v>377</v>
       </c>
       <c r="B7" s="33" t="s">
         <v>376</v>
       </c>
       <c r="C7" s="33" t="s">
         <v>375</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A8" s="27" t="s">
         <v>313</v>
       </c>
-      <c r="B8" s="202" t="s">
+      <c r="B8" s="199" t="s">
         <v>374</v>
       </c>
-      <c r="C8" s="202" t="s">
+      <c r="C8" s="199" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A9" s="27" t="s">
         <v>372</v>
       </c>
       <c r="B9" s="33"/>
       <c r="C9" s="33" t="s">
         <v>371</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="27" t="s">
         <v>370</v>
       </c>
-      <c r="B10" s="202" t="s">
+      <c r="B10" s="199" t="s">
         <v>369</v>
       </c>
-      <c r="C10" s="202" t="s">
+      <c r="C10" s="199" t="s">
         <v>368</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="27" t="s">
         <v>367</v>
       </c>
       <c r="B11" s="33" t="s">
         <v>366</v>
       </c>
       <c r="C11" s="33" t="s">
         <v>365</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="27" t="s">
         <v>364</v>
       </c>
-      <c r="B12" s="202"/>
-      <c r="C12" s="202" t="s">
+      <c r="B12" s="199"/>
+      <c r="C12" s="199" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A13" s="27" t="s">
         <v>362</v>
       </c>
       <c r="B13" s="33" t="s">
         <v>361</v>
       </c>
       <c r="C13" s="33" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A14" s="27" t="s">
         <v>359</v>
       </c>
-      <c r="B14" s="202" t="s">
+      <c r="B14" s="199" t="s">
         <v>358</v>
       </c>
-      <c r="C14" s="202" t="s">
+      <c r="C14" s="199" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A15" s="27" t="s">
         <v>356</v>
       </c>
       <c r="B15" s="33" t="s">
         <v>355</v>
       </c>
       <c r="C15" s="33" t="s">
         <v>354</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
-      <c r="A16" s="199" t="s">
-[...6 lines deleted...]
-        <v>775</v>
+      <c r="A16" s="196" t="s">
+        <v>769</v>
+      </c>
+      <c r="B16" s="197" t="s">
+        <v>770</v>
+      </c>
+      <c r="C16" s="198" t="s">
+        <v>771</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A17" s="27" t="s">
         <v>353</v>
       </c>
       <c r="B17" s="33" t="s">
         <v>352</v>
       </c>
       <c r="C17" s="33" t="s">
         <v>351</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="71.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A18" s="27" t="s">
         <v>182</v>
       </c>
-      <c r="B18" s="200" t="s">
+      <c r="B18" s="197" t="s">
         <v>350</v>
       </c>
-      <c r="C18" s="200" t="s">
+      <c r="C18" s="197" t="s">
         <v>349</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="13.5" thickTop="1"/>
     <row r="22" spans="1:3" ht="132" customHeight="1" thickBot="1">
-      <c r="A22" s="228" t="s">
+      <c r="A22" s="225" t="s">
         <v>348</v>
       </c>
-      <c r="B22" s="227"/>
-      <c r="C22" s="227"/>
+      <c r="B22" s="224"/>
+      <c r="C22" s="224"/>
     </row>
   </sheetData>
   <autoFilter ref="A2:C17" xr:uid="{DA8B0FDC-729F-4FDF-80AB-4F9E10C0E296}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A3:C18">
       <sortCondition ref="A2:A17"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A22:C22"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{D83F3453-BB1F-49AC-9A59-24BE80581DF6}">
   <dimension ref="A1:F55"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <pane ySplit="3" topLeftCell="A48" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="D66" sqref="D66"/>
       <selection pane="bottomLeft" activeCell="C56" sqref="C55:C56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="18.28515625" defaultRowHeight="23.25"/>
   <cols>
     <col min="1" max="1" width="23.7109375" style="42" customWidth="1"/>
     <col min="2" max="2" width="36.85546875" style="42" customWidth="1"/>
     <col min="3" max="3" width="49.28515625" style="42" customWidth="1"/>
     <col min="4" max="4" width="19" style="41" customWidth="1"/>
     <col min="5" max="5" width="71.28515625" style="40" customWidth="1"/>
     <col min="6" max="6" width="105" style="40" customWidth="1"/>
     <col min="7" max="16384" width="18.28515625" style="40"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" customFormat="1" ht="24.75" customHeight="1">
-      <c r="A1" s="211" t="s">
-[...6 lines deleted...]
-      <c r="F1" s="212"/>
+      <c r="A1" s="208" t="s">
+        <v>778</v>
+      </c>
+      <c r="B1" s="209"/>
+      <c r="C1" s="209"/>
+      <c r="D1" s="209"/>
+      <c r="E1" s="209"/>
+      <c r="F1" s="209"/>
     </row>
     <row r="2" spans="1:6" ht="37.5" customHeight="1" thickBot="1">
-      <c r="A2" s="229" t="s">
-[...6 lines deleted...]
-      <c r="F2" s="229"/>
+      <c r="A2" s="226" t="s">
+        <v>779</v>
+      </c>
+      <c r="B2" s="226"/>
+      <c r="C2" s="226"/>
+      <c r="D2" s="226"/>
+      <c r="E2" s="226"/>
+      <c r="F2" s="226"/>
     </row>
     <row r="3" spans="1:6" s="46" customFormat="1" ht="49.5" customHeight="1" thickBot="1">
       <c r="A3" s="39" t="s">
         <v>347</v>
       </c>
       <c r="B3" s="39" t="s">
         <v>346</v>
       </c>
       <c r="C3" s="39" t="s">
         <v>345</v>
       </c>
       <c r="D3" s="39" t="s">
         <v>344</v>
       </c>
       <c r="E3" s="39" t="s">
         <v>343</v>
       </c>
       <c r="F3" s="39" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="4" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="39" t="s">
         <v>342</v>
       </c>
       <c r="B4" s="33" t="s">
         <v>341</v>
       </c>
       <c r="C4" s="33" t="s">
         <v>265</v>
       </c>
       <c r="D4" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E4" s="33" t="s">
         <v>264</v>
       </c>
       <c r="F4" s="33" t="s">
-        <v>796</v>
+        <v>792</v>
       </c>
     </row>
     <row r="5" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="39" t="s">
         <v>340</v>
       </c>
       <c r="B5" s="45" t="s">
-        <v>799</v>
+        <v>795</v>
       </c>
       <c r="C5" s="37" t="s">
-        <v>800</v>
+        <v>796</v>
       </c>
       <c r="D5" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E5" s="37" t="s">
-        <v>801</v>
+        <v>797</v>
       </c>
       <c r="F5" s="37" t="s">
-        <v>699</v>
+        <v>695</v>
       </c>
     </row>
     <row r="6" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="39" t="s">
         <v>207</v>
       </c>
       <c r="B6" s="33" t="s">
         <v>339</v>
       </c>
       <c r="C6" s="33" t="s">
         <v>265</v>
       </c>
       <c r="D6" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E6" s="33"/>
       <c r="F6" s="33"/>
     </row>
     <row r="7" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A7" s="39" t="s">
         <v>36</v>
       </c>
       <c r="B7" s="37" t="s">
         <v>338</v>
       </c>
       <c r="C7" s="37"/>
       <c r="D7" s="37" t="s">
         <v>268</v>
       </c>
       <c r="E7" s="37"/>
       <c r="F7" s="37" t="s">
         <v>337</v>
       </c>
     </row>
     <row r="8" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A8" s="39" t="s">
         <v>30</v>
       </c>
       <c r="B8" s="33" t="s">
         <v>336</v>
       </c>
       <c r="C8" s="33" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="D8" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E8" s="33" t="s">
         <v>299</v>
       </c>
       <c r="F8" s="33" t="s">
         <v>335</v>
       </c>
     </row>
     <row r="9" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A9" s="39" t="s">
         <v>334</v>
       </c>
       <c r="B9" s="37" t="s">
         <v>272</v>
       </c>
       <c r="C9" s="37" t="s">
         <v>271</v>
       </c>
       <c r="D9" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E9" s="37" t="s">
@@ -14000,187 +13916,187 @@
       <c r="E14" s="33" t="s">
         <v>323</v>
       </c>
       <c r="F14" s="33" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="15" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A15" s="39" t="s">
         <v>25</v>
       </c>
       <c r="B15" s="37" t="s">
         <v>322</v>
       </c>
       <c r="C15" s="37" t="s">
         <v>265</v>
       </c>
       <c r="D15" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E15" s="37"/>
       <c r="F15" s="37"/>
     </row>
     <row r="16" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A16" s="39" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="B16" s="33" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="C16" s="33" t="s">
         <v>271</v>
       </c>
       <c r="D16" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E16" s="33" t="s">
         <v>323</v>
       </c>
       <c r="F16" s="33"/>
     </row>
     <row r="17" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A17" s="39" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="B17" s="37" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
       <c r="C17" s="37" t="s">
         <v>271</v>
       </c>
       <c r="D17" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E17" s="37" t="s">
         <v>323</v>
       </c>
       <c r="F17" s="37"/>
     </row>
     <row r="18" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A18" s="39" t="s">
-        <v>779</v>
+        <v>775</v>
       </c>
       <c r="B18" s="37" t="s">
-        <v>778</v>
+        <v>774</v>
       </c>
       <c r="C18" s="37" t="s">
         <v>271</v>
       </c>
       <c r="D18" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E18" s="37" t="s">
         <v>268</v>
       </c>
       <c r="F18" s="37" t="s">
-        <v>780</v>
+        <v>776</v>
       </c>
     </row>
     <row r="19" spans="1:6" s="44" customFormat="1" ht="43.5" thickTop="1" thickBot="1">
       <c r="A19" s="39" t="s">
         <v>321</v>
       </c>
       <c r="B19" s="33" t="s">
         <v>320</v>
       </c>
       <c r="C19" s="33" t="s">
         <v>296</v>
       </c>
       <c r="D19" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E19" s="33" t="s">
         <v>264</v>
       </c>
       <c r="F19" s="33" t="s">
         <v>319</v>
       </c>
     </row>
     <row r="20" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A20" s="39" t="s">
         <v>27</v>
       </c>
       <c r="B20" s="37" t="s">
         <v>318</v>
       </c>
       <c r="C20" s="37" t="s">
         <v>259</v>
       </c>
       <c r="D20" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E20" s="37" t="s">
         <v>264</v>
       </c>
       <c r="F20" s="37" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="21" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A21" s="39" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="B21" s="37" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="C21" s="37" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="D21" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E21" s="37" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="F21" s="37" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
     </row>
     <row r="22" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A22" s="39" t="s">
         <v>316</v>
       </c>
       <c r="B22" s="33" t="s">
         <v>315</v>
       </c>
       <c r="C22" s="33" t="s">
         <v>271</v>
       </c>
       <c r="D22" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E22" s="33" t="s">
         <v>270</v>
       </c>
       <c r="F22" s="33" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="23" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="39" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="B23" s="33" t="s">
         <v>276</v>
       </c>
       <c r="C23" s="33" t="s">
         <v>271</v>
       </c>
       <c r="D23" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E23" s="33" t="s">
         <v>270</v>
       </c>
       <c r="F23" s="33" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="24" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A24" s="39" t="s">
         <v>313</v>
       </c>
       <c r="B24" s="37" t="s">
         <v>260</v>
       </c>
       <c r="C24" s="37" t="s">
@@ -14271,72 +14187,72 @@
       <c r="F28" s="37"/>
     </row>
     <row r="29" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A29" s="39" t="s">
         <v>198</v>
       </c>
       <c r="B29" s="33" t="s">
         <v>303</v>
       </c>
       <c r="C29" s="33" t="s">
         <v>265</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>268</v>
       </c>
       <c r="E29" s="33"/>
       <c r="F29" s="33" t="s">
         <v>302</v>
       </c>
     </row>
     <row r="30" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A30" s="39" t="s">
         <v>301</v>
       </c>
       <c r="B30" s="37" t="s">
-        <v>785</v>
+        <v>781</v>
       </c>
       <c r="C30" s="37" t="s">
-        <v>786</v>
+        <v>782</v>
       </c>
       <c r="D30" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E30" s="37" t="s">
-        <v>787</v>
+        <v>783</v>
       </c>
       <c r="F30" s="37"/>
     </row>
     <row r="31" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A31" s="39" t="s">
-        <v>802</v>
+        <v>798</v>
       </c>
       <c r="B31" s="37" t="s">
-        <v>803</v>
+        <v>799</v>
       </c>
       <c r="C31" s="37" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D31" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E31" s="37" t="s">
         <v>270</v>
       </c>
       <c r="F31" s="37"/>
     </row>
     <row r="32" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A32" s="39" t="s">
         <v>29</v>
       </c>
       <c r="B32" s="33" t="s">
         <v>300</v>
       </c>
       <c r="C32" s="33" t="s">
         <v>265</v>
       </c>
       <c r="D32" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E32" s="33" t="s">
         <v>299</v>
       </c>
@@ -14345,135 +14261,135 @@
     <row r="33" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A33" s="39" t="s">
         <v>298</v>
       </c>
       <c r="B33" s="37" t="s">
         <v>297</v>
       </c>
       <c r="C33" s="37" t="s">
         <v>296</v>
       </c>
       <c r="D33" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E33" s="37" t="s">
         <v>264</v>
       </c>
       <c r="F33" s="37" t="s">
         <v>295</v>
       </c>
     </row>
     <row r="34" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A34" s="39" t="s">
         <v>294</v>
       </c>
       <c r="B34" s="33" t="s">
-        <v>700</v>
+        <v>696</v>
       </c>
       <c r="C34" s="33" t="s">
-        <v>701</v>
+        <v>697</v>
       </c>
       <c r="D34" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E34" s="33" t="s">
         <v>293</v>
       </c>
       <c r="F34" s="33" t="s">
         <v>292</v>
       </c>
     </row>
     <row r="35" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A35" s="39" t="s">
         <v>291</v>
       </c>
       <c r="B35" s="37" t="s">
         <v>290</v>
       </c>
       <c r="C35" s="37" t="s">
         <v>259</v>
       </c>
       <c r="D35" s="37" t="s">
         <v>268</v>
       </c>
       <c r="E35" s="37"/>
       <c r="F35" s="37"/>
     </row>
     <row r="36" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A36" s="39" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B36" s="33" t="s">
         <v>297</v>
       </c>
       <c r="C36" s="33" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="D36" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E36" s="33"/>
       <c r="F36" s="33" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
     </row>
     <row r="37" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A37" s="39" t="s">
         <v>289</v>
       </c>
       <c r="B37" s="37" t="s">
         <v>288</v>
       </c>
       <c r="C37" s="37" t="s">
         <v>275</v>
       </c>
       <c r="D37" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E37" s="37" t="s">
         <v>287</v>
       </c>
       <c r="F37" s="37"/>
     </row>
     <row r="38" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A38" s="39" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="B38" s="33" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C38" s="33" t="s">
         <v>259</v>
       </c>
       <c r="D38" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E38" s="33" t="s">
         <v>268</v>
       </c>
       <c r="F38" s="33" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
     </row>
     <row r="39" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A39" s="39" t="s">
         <v>190</v>
       </c>
       <c r="B39" s="37" t="s">
         <v>286</v>
       </c>
       <c r="C39" s="37" t="s">
         <v>265</v>
       </c>
       <c r="D39" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E39" s="37"/>
       <c r="F39" s="37"/>
     </row>
     <row r="40" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A40" s="39" t="s">
         <v>285</v>
       </c>
       <c r="B40" s="33" t="s">
         <v>284</v>
       </c>
@@ -14505,63 +14421,63 @@
       <c r="F41" s="37"/>
     </row>
     <row r="42" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A42" s="39" t="s">
         <v>280</v>
       </c>
       <c r="B42" s="33" t="s">
         <v>279</v>
       </c>
       <c r="C42" s="33" t="s">
         <v>265</v>
       </c>
       <c r="D42" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E42" s="33" t="s">
         <v>264</v>
       </c>
       <c r="F42" s="33"/>
     </row>
     <row r="43" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A43" s="39" t="s">
         <v>366</v>
       </c>
       <c r="B43" s="37" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="C43" s="37" t="s">
         <v>275</v>
       </c>
       <c r="D43" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E43" s="37" t="s">
         <v>270</v>
       </c>
       <c r="F43" s="37" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
     </row>
     <row r="44" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A44" s="39" t="s">
         <v>278</v>
       </c>
       <c r="B44" s="33" t="s">
         <v>276</v>
       </c>
       <c r="C44" s="33"/>
       <c r="D44" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E44" s="33" t="s">
         <v>270</v>
       </c>
       <c r="F44" s="33"/>
     </row>
     <row r="45" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A45" s="39" t="s">
         <v>277</v>
       </c>
       <c r="B45" s="37" t="s">
         <v>276</v>
       </c>
@@ -14576,64 +14492,64 @@
       </c>
       <c r="F45" s="37"/>
     </row>
     <row r="46" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A46" s="39" t="s">
         <v>273</v>
       </c>
       <c r="B46" s="33" t="s">
         <v>272</v>
       </c>
       <c r="C46" s="33" t="s">
         <v>271</v>
       </c>
       <c r="D46" s="33" t="s">
         <v>268</v>
       </c>
       <c r="E46" s="33" t="s">
         <v>270</v>
       </c>
       <c r="F46" s="33" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="47" spans="1:6" s="43" customFormat="1" ht="127.5" thickTop="1" thickBot="1">
       <c r="A47" s="39" t="s">
-        <v>790</v>
+        <v>786</v>
       </c>
       <c r="B47" s="33" t="s">
-        <v>791</v>
+        <v>787</v>
       </c>
       <c r="C47" s="33" t="s">
         <v>271</v>
       </c>
       <c r="D47" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E47" s="33"/>
       <c r="F47" s="33" t="s">
-        <v>793</v>
+        <v>789</v>
       </c>
     </row>
     <row r="48" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A48" s="39" t="s">
         <v>182</v>
       </c>
       <c r="B48" s="37" t="s">
         <v>260</v>
       </c>
       <c r="C48" s="37" t="s">
         <v>265</v>
       </c>
       <c r="D48" s="37" t="s">
         <v>268</v>
       </c>
       <c r="E48" s="37"/>
       <c r="F48" s="37" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="49" spans="1:6" s="43" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A49" s="39" t="s">
         <v>266</v>
       </c>
       <c r="B49" s="33" t="s">
@@ -14664,121 +14580,121 @@
       <c r="E50" s="37"/>
       <c r="F50" s="37" t="s">
         <v>262</v>
       </c>
     </row>
     <row r="51" spans="1:6" ht="33" thickTop="1" thickBot="1">
       <c r="A51" s="39" t="s">
         <v>261</v>
       </c>
       <c r="B51" s="33" t="s">
         <v>260</v>
       </c>
       <c r="C51" s="33" t="s">
         <v>259</v>
       </c>
       <c r="D51" s="33" t="s">
         <v>258</v>
       </c>
       <c r="E51" s="33"/>
       <c r="F51" s="33" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="52" spans="1:6" s="44" customFormat="1" ht="69.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A52" s="39" t="s">
-        <v>805</v>
+        <v>801</v>
       </c>
       <c r="B52" s="37" t="s">
-        <v>806</v>
+        <v>802</v>
       </c>
       <c r="C52" s="37" t="s">
-        <v>804</v>
+        <v>800</v>
       </c>
       <c r="D52" s="37" t="s">
         <v>258</v>
       </c>
       <c r="E52" s="37"/>
       <c r="F52" s="37"/>
     </row>
     <row r="53" spans="1:6" ht="24" thickTop="1"/>
     <row r="55" spans="1:6">
       <c r="D55" s="42"/>
     </row>
   </sheetData>
   <autoFilter ref="A3:F51" xr:uid="{A74AC321-2307-4B47-B39A-17057CD0555D}">
     <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:F48">
       <sortCondition ref="A3"/>
     </sortState>
   </autoFilter>
   <mergeCells count="2">
     <mergeCell ref="A2:F2"/>
     <mergeCell ref="A1:F1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C9D58E42-BB05-4CE7-A79A-1E8A79243EA4}">
   <dimension ref="A1:F36"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A47" sqref="A47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="41" customWidth="1"/>
     <col min="2" max="2" width="28.28515625" customWidth="1"/>
     <col min="3" max="3" width="29.85546875" customWidth="1"/>
     <col min="4" max="4" width="33.5703125" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" customWidth="1"/>
     <col min="6" max="6" width="22.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" s="51" customFormat="1" ht="58.5" customHeight="1">
-      <c r="A1" s="232" t="s">
+      <c r="A1" s="229" t="s">
         <v>415</v>
       </c>
-      <c r="B1" s="232"/>
-[...3 lines deleted...]
-      <c r="F1" s="232"/>
+      <c r="B1" s="229"/>
+      <c r="C1" s="229"/>
+      <c r="D1" s="229"/>
+      <c r="E1" s="229"/>
+      <c r="F1" s="229"/>
     </row>
     <row r="2" spans="1:6" s="51" customFormat="1" ht="33" customHeight="1">
-      <c r="A2" s="230" t="s">
+      <c r="A2" s="227" t="s">
         <v>414</v>
       </c>
-      <c r="B2" s="231"/>
-[...1 lines deleted...]
-      <c r="D2" s="231"/>
+      <c r="B2" s="228"/>
+      <c r="C2" s="228"/>
+      <c r="D2" s="228"/>
       <c r="E2" s="52"/>
       <c r="F2" s="52"/>
     </row>
     <row r="3" spans="1:6" ht="39.75" customHeight="1">
       <c r="A3" s="50" t="s">
         <v>413</v>
       </c>
       <c r="B3" s="49" t="s">
         <v>412</v>
       </c>
       <c r="C3" s="49" t="s">
         <v>411</v>
       </c>
       <c r="D3" s="49" t="s">
         <v>410</v>
       </c>
       <c r="E3" s="49" t="s">
         <v>409</v>
       </c>
       <c r="F3" s="49" t="s">
         <v>408</v>
       </c>
     </row>
     <row r="4" spans="1:6" ht="27" customHeight="1">
       <c r="A4" s="48" t="s">
@@ -14800,167 +14716,167 @@
         <v>404</v>
       </c>
     </row>
     <row r="5" spans="1:6" ht="28.5" customHeight="1">
       <c r="A5" s="48" t="s">
         <v>403</v>
       </c>
       <c r="B5" s="47" t="s">
         <v>402</v>
       </c>
       <c r="C5" s="47" t="s">
         <v>401</v>
       </c>
       <c r="D5" s="47" t="s">
         <v>400</v>
       </c>
       <c r="E5" s="47" t="s">
         <v>399</v>
       </c>
       <c r="F5" s="47" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="6" spans="1:6" ht="27" customHeight="1"/>
     <row r="7" spans="1:6" ht="33" customHeight="1">
-      <c r="A7" s="230" t="s">
+      <c r="A7" s="227" t="s">
         <v>397</v>
       </c>
-      <c r="B7" s="231"/>
-[...3 lines deleted...]
-      <c r="F7" s="231"/>
+      <c r="B7" s="228"/>
+      <c r="C7" s="228"/>
+      <c r="D7" s="228"/>
+      <c r="E7" s="228"/>
+      <c r="F7" s="228"/>
     </row>
     <row r="11" spans="1:6">
       <c r="A11" s="2"/>
       <c r="D11" s="2"/>
     </row>
     <row r="30" spans="1:6" ht="18" customHeight="1"/>
     <row r="31" spans="1:6" ht="34.5" customHeight="1">
-      <c r="A31" s="230" t="s">
+      <c r="A31" s="227" t="s">
         <v>396</v>
       </c>
-      <c r="B31" s="231"/>
-[...3 lines deleted...]
-      <c r="F31" s="231"/>
+      <c r="B31" s="228"/>
+      <c r="C31" s="228"/>
+      <c r="D31" s="228"/>
+      <c r="E31" s="228"/>
+      <c r="F31" s="228"/>
     </row>
     <row r="32" spans="1:6" ht="21.75" customHeight="1">
-      <c r="A32" s="235" t="s">
+      <c r="A32" s="232" t="s">
         <v>395</v>
       </c>
-      <c r="B32" s="234"/>
-[...3 lines deleted...]
-      <c r="F32" s="234"/>
+      <c r="B32" s="231"/>
+      <c r="C32" s="231"/>
+      <c r="D32" s="231"/>
+      <c r="E32" s="231"/>
+      <c r="F32" s="231"/>
     </row>
     <row r="33" spans="1:6" ht="23.25" customHeight="1">
-      <c r="A33" s="235" t="s">
+      <c r="A33" s="232" t="s">
         <v>394</v>
       </c>
-      <c r="B33" s="234"/>
-[...3 lines deleted...]
-      <c r="F33" s="234"/>
+      <c r="B33" s="231"/>
+      <c r="C33" s="231"/>
+      <c r="D33" s="231"/>
+      <c r="E33" s="231"/>
+      <c r="F33" s="231"/>
     </row>
     <row r="34" spans="1:6" ht="38.25" customHeight="1">
-      <c r="A34" s="233" t="s">
+      <c r="A34" s="230" t="s">
         <v>393</v>
       </c>
-      <c r="B34" s="234"/>
-[...3 lines deleted...]
-      <c r="F34" s="234"/>
+      <c r="B34" s="231"/>
+      <c r="C34" s="231"/>
+      <c r="D34" s="231"/>
+      <c r="E34" s="231"/>
+      <c r="F34" s="231"/>
     </row>
     <row r="35" spans="1:6" ht="22.5" customHeight="1">
-      <c r="A35" s="235" t="s">
+      <c r="A35" s="232" t="s">
         <v>392</v>
       </c>
-      <c r="B35" s="234"/>
-[...3 lines deleted...]
-      <c r="F35" s="234"/>
+      <c r="B35" s="231"/>
+      <c r="C35" s="231"/>
+      <c r="D35" s="231"/>
+      <c r="E35" s="231"/>
+      <c r="F35" s="231"/>
     </row>
     <row r="36" spans="1:6" ht="21.75" customHeight="1">
-      <c r="A36" s="235" t="s">
+      <c r="A36" s="232" t="s">
         <v>391</v>
       </c>
-      <c r="B36" s="234"/>
-[...3 lines deleted...]
-      <c r="F36" s="234"/>
+      <c r="B36" s="231"/>
+      <c r="C36" s="231"/>
+      <c r="D36" s="231"/>
+      <c r="E36" s="231"/>
+      <c r="F36" s="231"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A2:D2"/>
     <mergeCell ref="A1:F1"/>
     <mergeCell ref="A34:F34"/>
     <mergeCell ref="A35:F35"/>
     <mergeCell ref="A36:F36"/>
     <mergeCell ref="A7:F7"/>
     <mergeCell ref="A31:F31"/>
     <mergeCell ref="A32:F32"/>
     <mergeCell ref="A33:F33"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8D441227-73D0-4C3A-A1CD-E7AF10ACC067}">
   <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView topLeftCell="A92" workbookViewId="0">
       <selection activeCell="A47" sqref="A47"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="33.28515625" style="2" customWidth="1"/>
     <col min="2" max="2" width="45.7109375" style="2" customWidth="1"/>
     <col min="3" max="3" width="93.7109375" style="2" customWidth="1"/>
     <col min="4" max="16384" width="9.140625" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="30" customHeight="1">
-      <c r="A1" s="209" t="s">
+      <c r="A1" s="206" t="s">
         <v>433</v>
       </c>
-      <c r="B1" s="209"/>
-      <c r="C1" s="209"/>
+      <c r="B1" s="206"/>
+      <c r="C1" s="206"/>
     </row>
     <row r="2" spans="1:3" ht="29.25" customHeight="1" thickBot="1">
       <c r="A2" s="57" t="s">
         <v>432</v>
       </c>
       <c r="B2" s="57"/>
       <c r="C2" s="57"/>
     </row>
     <row r="3" spans="1:3" ht="21.75" customHeight="1" thickBot="1">
       <c r="A3" s="17" t="s">
         <v>431</v>
       </c>
       <c r="B3" s="17"/>
       <c r="C3" s="17"/>
     </row>
     <row r="4" spans="1:3" ht="36.75" customHeight="1" thickBot="1">
       <c r="A4" s="56" t="s">
         <v>347</v>
       </c>
       <c r="B4" s="56" t="s">
         <v>430</v>
       </c>
       <c r="C4" s="56" t="s">
         <v>95</v>
       </c>
@@ -15030,114 +14946,114 @@
       <c r="C10" s="53" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="42" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="55" t="s">
         <v>424</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>423</v>
       </c>
       <c r="C11" s="15" t="s">
         <v>422</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="42" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="54" t="s">
         <v>421</v>
       </c>
       <c r="B12" s="53"/>
       <c r="C12" s="53" t="s">
         <v>420</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="30.75" customHeight="1">
-      <c r="A16" s="230" t="s">
+      <c r="A16" s="227" t="s">
         <v>419</v>
       </c>
-      <c r="B16" s="231"/>
-      <c r="C16" s="231"/>
+      <c r="B16" s="228"/>
+      <c r="C16" s="228"/>
     </row>
     <row r="17" spans="1:3" ht="30.75" customHeight="1">
-      <c r="A17" s="230" t="s">
+      <c r="A17" s="227" t="s">
         <v>418</v>
       </c>
-      <c r="B17" s="231"/>
-      <c r="C17" s="231"/>
+      <c r="B17" s="228"/>
+      <c r="C17" s="228"/>
     </row>
     <row r="44" spans="1:3" ht="37.5" customHeight="1">
-      <c r="A44" s="230" t="s">
+      <c r="A44" s="227" t="s">
         <v>417</v>
       </c>
-      <c r="B44" s="231"/>
-      <c r="C44" s="231"/>
+      <c r="B44" s="228"/>
+      <c r="C44" s="228"/>
     </row>
     <row r="102" spans="1:3" ht="30.75" customHeight="1">
-      <c r="A102" s="230" t="s">
+      <c r="A102" s="227" t="s">
         <v>416</v>
       </c>
-      <c r="B102" s="231"/>
-      <c r="C102" s="231"/>
+      <c r="B102" s="228"/>
+      <c r="C102" s="228"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A102:C102"/>
     <mergeCell ref="A16:C16"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A17:C17"/>
     <mergeCell ref="A44:C44"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F8C09398-88A3-482A-8FAE-4BAF265A6EDD}">
   <dimension ref="A1:DR23"/>
   <sheetViews>
     <sheetView topLeftCell="A14" workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="68.5703125" customWidth="1"/>
     <col min="2" max="2" width="172.85546875" customWidth="1"/>
     <col min="3" max="122" width="9.140625" style="58"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:122" ht="24.75" customHeight="1">
-      <c r="A1" s="211" t="s">
-[...2 lines deleted...]
-      <c r="B1" s="212"/>
+      <c r="A1" s="208" t="s">
+        <v>778</v>
+      </c>
+      <c r="B1" s="209"/>
       <c r="C1"/>
       <c r="D1"/>
       <c r="E1"/>
       <c r="F1"/>
       <c r="G1"/>
       <c r="H1"/>
       <c r="I1"/>
       <c r="J1"/>
       <c r="K1"/>
       <c r="L1"/>
       <c r="M1"/>
       <c r="N1"/>
       <c r="O1"/>
       <c r="P1"/>
       <c r="Q1"/>
       <c r="R1"/>
       <c r="S1"/>
       <c r="T1"/>
       <c r="U1"/>
       <c r="V1"/>
       <c r="W1"/>
       <c r="X1"/>
       <c r="Y1"/>
       <c r="Z1"/>
       <c r="AA1"/>
@@ -15216,54 +15132,54 @@
       <c r="CV1"/>
       <c r="CW1"/>
       <c r="CX1"/>
       <c r="CY1"/>
       <c r="CZ1"/>
       <c r="DA1"/>
       <c r="DB1"/>
       <c r="DC1"/>
       <c r="DD1"/>
       <c r="DE1"/>
       <c r="DF1"/>
       <c r="DG1"/>
       <c r="DH1"/>
       <c r="DI1"/>
       <c r="DJ1"/>
       <c r="DK1"/>
       <c r="DL1"/>
       <c r="DM1"/>
       <c r="DN1"/>
       <c r="DO1"/>
       <c r="DP1"/>
       <c r="DQ1"/>
       <c r="DR1"/>
     </row>
     <row r="2" spans="1:122" ht="48.75" customHeight="1" thickBot="1">
-      <c r="A2" s="236" t="s">
+      <c r="A2" s="233" t="s">
         <v>472</v>
       </c>
-      <c r="B2" s="237"/>
+      <c r="B2" s="234"/>
     </row>
     <row r="3" spans="1:122" ht="32.25" customHeight="1" thickBot="1">
       <c r="A3" s="56" t="s">
         <v>471</v>
       </c>
       <c r="B3" s="56" t="s">
         <v>470</v>
       </c>
     </row>
     <row r="4" spans="1:122" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A4" s="53" t="s">
         <v>469</v>
       </c>
       <c r="B4" s="53" t="s">
         <v>468</v>
       </c>
     </row>
     <row r="5" spans="1:122" s="59" customFormat="1" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A5" s="15" t="s">
         <v>467</v>
       </c>
       <c r="B5" s="15" t="s">
         <v>466</v>
       </c>
       <c r="C5" s="58"/>
@@ -15370,51 +15286,51 @@
       <c r="CZ5" s="58"/>
       <c r="DA5" s="58"/>
       <c r="DB5" s="58"/>
       <c r="DC5" s="58"/>
       <c r="DD5" s="58"/>
       <c r="DE5" s="58"/>
       <c r="DF5" s="58"/>
       <c r="DG5" s="58"/>
       <c r="DH5" s="58"/>
       <c r="DI5" s="58"/>
       <c r="DJ5" s="58"/>
       <c r="DK5" s="58"/>
       <c r="DL5" s="58"/>
       <c r="DM5" s="58"/>
       <c r="DN5" s="58"/>
       <c r="DO5" s="58"/>
       <c r="DP5" s="58"/>
       <c r="DQ5" s="58"/>
       <c r="DR5" s="58"/>
     </row>
     <row r="6" spans="1:122" s="59" customFormat="1" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A6" s="53" t="s">
         <v>465</v>
       </c>
       <c r="B6" s="53" t="s">
-        <v>703</v>
+        <v>699</v>
       </c>
       <c r="C6" s="58"/>
       <c r="D6" s="58"/>
       <c r="E6" s="58"/>
       <c r="F6" s="58"/>
       <c r="G6" s="58"/>
       <c r="H6" s="58"/>
       <c r="I6" s="58"/>
       <c r="J6" s="58"/>
       <c r="K6" s="58"/>
       <c r="L6" s="58"/>
       <c r="M6" s="58"/>
       <c r="N6" s="58"/>
       <c r="O6" s="58"/>
       <c r="P6" s="58"/>
       <c r="Q6" s="58"/>
       <c r="R6" s="58"/>
       <c r="S6" s="58"/>
       <c r="T6" s="58"/>
       <c r="U6" s="58"/>
       <c r="V6" s="58"/>
       <c r="W6" s="58"/>
       <c r="X6" s="58"/>
       <c r="Y6" s="58"/>
       <c r="Z6" s="58"/>
@@ -15514,51 +15430,51 @@
       <c r="DP6" s="58"/>
       <c r="DQ6" s="58"/>
       <c r="DR6" s="58"/>
     </row>
     <row r="7" spans="1:122" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A7" s="15" t="s">
         <v>464</v>
       </c>
       <c r="B7" s="15" t="s">
         <v>463</v>
       </c>
     </row>
     <row r="8" spans="1:122" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A8" s="53" t="s">
         <v>462</v>
       </c>
       <c r="B8" s="53" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="9" spans="1:122" ht="77.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A9" s="15" t="s">
         <v>460</v>
       </c>
       <c r="B9" s="15" t="s">
-        <v>781</v>
+        <v>777</v>
       </c>
     </row>
     <row r="10" spans="1:122" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A10" s="53" t="s">
         <v>459</v>
       </c>
       <c r="B10" s="53" t="s">
         <v>458</v>
       </c>
     </row>
     <row r="11" spans="1:122" ht="76.5" customHeight="1" thickTop="1" thickBot="1">
       <c r="A11" s="15" t="s">
         <v>457</v>
       </c>
       <c r="B11" s="15" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="12" spans="1:122" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A12" s="53" t="s">
         <v>455</v>
       </c>
       <c r="B12" s="53" t="s">
         <v>454</v>
       </c>
@@ -15623,637 +15539,570 @@
       <c r="A20" s="53" t="s">
         <v>439</v>
       </c>
       <c r="B20" s="53" t="s">
         <v>438</v>
       </c>
     </row>
     <row r="21" spans="1:2" ht="48" customHeight="1" thickTop="1" thickBot="1">
       <c r="A21" s="15" t="s">
         <v>437</v>
       </c>
       <c r="B21" s="15" t="s">
         <v>436</v>
       </c>
     </row>
     <row r="22" spans="1:2" ht="42.75" customHeight="1" thickTop="1" thickBot="1">
       <c r="A22" s="53" t="s">
         <v>435</v>
       </c>
       <c r="B22" s="53" t="s">
         <v>434</v>
       </c>
     </row>
     <row r="23" spans="1:2" ht="86.25" customHeight="1" thickTop="1" thickBot="1">
       <c r="A23" s="15" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="B23" s="15" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A1:B1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="300" verticalDpi="0" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{6834D938-E5EC-4753-817B-E26C2F48B207}">
-  <dimension ref="A1:M65"/>
+  <dimension ref="A1:M60"/>
   <sheetViews>
-    <sheetView topLeftCell="A25" workbookViewId="0">
-      <selection activeCell="D5" sqref="D5"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="A4" sqref="A4:E4"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="33" customWidth="1"/>
     <col min="2" max="2" width="42" customWidth="1"/>
     <col min="3" max="3" width="36" customWidth="1"/>
     <col min="4" max="4" width="51" customWidth="1"/>
     <col min="5" max="5" width="71.28515625" customWidth="1"/>
     <col min="10" max="10" width="8.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="36" customHeight="1">
-      <c r="A1" s="236" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="207"/>
+      <c r="A1" s="233" t="s">
+        <v>500</v>
+      </c>
+      <c r="B1" s="204"/>
+      <c r="C1" s="204"/>
+      <c r="D1" s="204"/>
+      <c r="E1" s="204"/>
     </row>
     <row r="2" spans="1:13" ht="22.5" customHeight="1">
-      <c r="A2" s="235" t="s">
-[...5 lines deleted...]
-      <c r="E2" s="235"/>
+      <c r="A2" s="232" t="s">
+        <v>499</v>
+      </c>
+      <c r="B2" s="232"/>
+      <c r="C2" s="232"/>
+      <c r="D2" s="232"/>
+      <c r="E2" s="232"/>
       <c r="F2" s="2"/>
       <c r="G2" s="2"/>
       <c r="H2" s="2"/>
       <c r="I2" s="2"/>
       <c r="J2" s="2"/>
       <c r="K2" s="2"/>
       <c r="L2" s="2"/>
       <c r="M2" s="2"/>
     </row>
     <row r="3" spans="1:13" ht="23.25" customHeight="1">
-      <c r="A3" s="235" t="s">
-[...5 lines deleted...]
-      <c r="E3" s="235"/>
+      <c r="A3" s="232" t="s">
+        <v>498</v>
+      </c>
+      <c r="B3" s="232"/>
+      <c r="C3" s="232"/>
+      <c r="D3" s="232"/>
+      <c r="E3" s="232"/>
       <c r="F3" s="2"/>
       <c r="G3" s="2"/>
       <c r="H3" s="2"/>
       <c r="I3" s="2"/>
       <c r="J3" s="2"/>
       <c r="K3" s="2"/>
       <c r="L3" s="2"/>
       <c r="M3" s="2"/>
     </row>
-    <row r="4" spans="1:13" ht="23.25" customHeight="1">
-[...6 lines deleted...]
-      <c r="E4" s="235"/>
+    <row r="4" spans="1:13" ht="38.25" customHeight="1">
+      <c r="A4" s="230" t="s">
+        <v>812</v>
+      </c>
+      <c r="B4" s="232"/>
+      <c r="C4" s="232"/>
+      <c r="D4" s="232"/>
+      <c r="E4" s="232"/>
       <c r="F4" s="2"/>
       <c r="G4" s="2"/>
       <c r="H4" s="2"/>
       <c r="I4" s="2"/>
       <c r="J4" s="2"/>
       <c r="K4" s="2"/>
       <c r="L4" s="2"/>
       <c r="M4" s="2"/>
     </row>
-    <row r="5" spans="1:13" ht="23.25" customHeight="1" thickBot="1">
-[...35 lines deleted...]
-      <c r="A8" s="269" t="s">
+    <row r="5" spans="1:13">
+      <c r="D5" s="71"/>
+      <c r="E5" s="71"/>
+    </row>
+    <row r="6" spans="1:13" ht="16.5" thickBot="1">
+      <c r="A6" s="254" t="s">
+        <v>804</v>
+      </c>
+      <c r="B6" s="254"/>
+      <c r="C6" s="254"/>
+      <c r="D6" s="254"/>
+      <c r="E6" s="254"/>
+    </row>
+    <row r="7" spans="1:13" ht="21" customHeight="1">
+      <c r="A7" s="239" t="s">
+        <v>497</v>
+      </c>
+      <c r="B7" s="240"/>
+      <c r="C7" s="240"/>
+      <c r="D7" s="240"/>
+      <c r="E7" s="241"/>
+    </row>
+    <row r="8" spans="1:13" ht="21" customHeight="1">
+      <c r="A8" s="242" t="s">
+        <v>496</v>
+      </c>
+      <c r="B8" s="243"/>
+      <c r="C8" s="243"/>
+      <c r="D8" s="243"/>
+      <c r="E8" s="244"/>
+    </row>
+    <row r="9" spans="1:13" ht="12.75" customHeight="1">
+      <c r="A9" s="245" t="s">
+        <v>495</v>
+      </c>
+      <c r="B9" s="246"/>
+      <c r="C9" s="246"/>
+      <c r="D9" s="246"/>
+      <c r="E9" s="247"/>
+    </row>
+    <row r="10" spans="1:13" ht="18" customHeight="1">
+      <c r="A10" s="248"/>
+      <c r="B10" s="249"/>
+      <c r="C10" s="249"/>
+      <c r="D10" s="249"/>
+      <c r="E10" s="250"/>
+    </row>
+    <row r="11" spans="1:13">
+      <c r="A11" s="248"/>
+      <c r="B11" s="249"/>
+      <c r="C11" s="249"/>
+      <c r="D11" s="249"/>
+      <c r="E11" s="250"/>
+    </row>
+    <row r="12" spans="1:13">
+      <c r="A12" s="248"/>
+      <c r="B12" s="249"/>
+      <c r="C12" s="249"/>
+      <c r="D12" s="249"/>
+      <c r="E12" s="250"/>
+    </row>
+    <row r="13" spans="1:13">
+      <c r="A13" s="248"/>
+      <c r="B13" s="249"/>
+      <c r="C13" s="249"/>
+      <c r="D13" s="249"/>
+      <c r="E13" s="250"/>
+    </row>
+    <row r="14" spans="1:13" ht="16.5" customHeight="1">
+      <c r="A14" s="248"/>
+      <c r="B14" s="249"/>
+      <c r="C14" s="249"/>
+      <c r="D14" s="249"/>
+      <c r="E14" s="250"/>
+    </row>
+    <row r="15" spans="1:13" ht="27" customHeight="1">
+      <c r="A15" s="248"/>
+      <c r="B15" s="249"/>
+      <c r="C15" s="249"/>
+      <c r="D15" s="249"/>
+      <c r="E15" s="250"/>
+    </row>
+    <row r="16" spans="1:13" ht="27.75" customHeight="1" thickBot="1">
+      <c r="A16" s="251"/>
+      <c r="B16" s="252"/>
+      <c r="C16" s="252"/>
+      <c r="D16" s="252"/>
+      <c r="E16" s="253"/>
+    </row>
+    <row r="20" spans="1:5" ht="16.5" thickBot="1">
+      <c r="A20" s="254" t="s">
+        <v>809</v>
+      </c>
+      <c r="B20" s="254"/>
+      <c r="C20" s="254"/>
+      <c r="D20" s="254"/>
+      <c r="E20" s="254"/>
+    </row>
+    <row r="21" spans="1:5" ht="18.75">
+      <c r="A21" s="239" t="s">
+        <v>805</v>
+      </c>
+      <c r="B21" s="240"/>
+      <c r="C21" s="240"/>
+      <c r="D21" s="240"/>
+      <c r="E21" s="241"/>
+    </row>
+    <row r="22" spans="1:5" ht="18.75">
+      <c r="A22" s="242" t="s">
+        <v>496</v>
+      </c>
+      <c r="B22" s="243"/>
+      <c r="C22" s="243"/>
+      <c r="D22" s="243"/>
+      <c r="E22" s="244"/>
+    </row>
+    <row r="23" spans="1:5">
+      <c r="A23" s="245" t="s">
+        <v>803</v>
+      </c>
+      <c r="B23" s="246"/>
+      <c r="C23" s="246"/>
+      <c r="D23" s="246"/>
+      <c r="E23" s="247"/>
+    </row>
+    <row r="24" spans="1:5">
+      <c r="A24" s="248"/>
+      <c r="B24" s="249"/>
+      <c r="C24" s="249"/>
+      <c r="D24" s="249"/>
+      <c r="E24" s="250"/>
+    </row>
+    <row r="25" spans="1:5">
+      <c r="A25" s="248"/>
+      <c r="B25" s="249"/>
+      <c r="C25" s="249"/>
+      <c r="D25" s="249"/>
+      <c r="E25" s="250"/>
+    </row>
+    <row r="26" spans="1:5">
+      <c r="A26" s="248"/>
+      <c r="B26" s="249"/>
+      <c r="C26" s="249"/>
+      <c r="D26" s="249"/>
+      <c r="E26" s="250"/>
+    </row>
+    <row r="27" spans="1:5">
+      <c r="A27" s="248"/>
+      <c r="B27" s="249"/>
+      <c r="C27" s="249"/>
+      <c r="D27" s="249"/>
+      <c r="E27" s="250"/>
+    </row>
+    <row r="28" spans="1:5">
+      <c r="A28" s="248"/>
+      <c r="B28" s="249"/>
+      <c r="C28" s="249"/>
+      <c r="D28" s="249"/>
+      <c r="E28" s="250"/>
+    </row>
+    <row r="29" spans="1:5">
+      <c r="A29" s="248"/>
+      <c r="B29" s="249"/>
+      <c r="C29" s="249"/>
+      <c r="D29" s="249"/>
+      <c r="E29" s="250"/>
+    </row>
+    <row r="30" spans="1:5" ht="42.75" customHeight="1" thickBot="1">
+      <c r="A30" s="251"/>
+      <c r="B30" s="252"/>
+      <c r="C30" s="252"/>
+      <c r="D30" s="252"/>
+      <c r="E30" s="253"/>
+    </row>
+    <row r="34" spans="1:5" ht="16.5" thickBot="1">
+      <c r="A34" s="254" t="s">
         <v>807</v>
       </c>
-      <c r="B8" s="270"/>
-[...7 lines deleted...]
-      <c r="A9" s="269" t="s">
+      <c r="B34" s="254"/>
+      <c r="C34" s="254"/>
+      <c r="D34" s="254"/>
+      <c r="E34" s="254"/>
+    </row>
+    <row r="35" spans="1:5" ht="18.75">
+      <c r="A35" s="239" t="s">
+        <v>806</v>
+      </c>
+      <c r="B35" s="240"/>
+      <c r="C35" s="240"/>
+      <c r="D35" s="240"/>
+      <c r="E35" s="241"/>
+    </row>
+    <row r="36" spans="1:5" ht="18.75">
+      <c r="A36" s="242" t="s">
+        <v>496</v>
+      </c>
+      <c r="B36" s="243"/>
+      <c r="C36" s="243"/>
+      <c r="D36" s="243"/>
+      <c r="E36" s="244"/>
+    </row>
+    <row r="37" spans="1:5">
+      <c r="A37" s="245" t="s">
         <v>808</v>
       </c>
-      <c r="B9" s="270"/>
-[...205 lines deleted...]
-      <c r="E41" s="266"/>
+      <c r="B37" s="246"/>
+      <c r="C37" s="246"/>
+      <c r="D37" s="246"/>
+      <c r="E37" s="247"/>
+    </row>
+    <row r="38" spans="1:5">
+      <c r="A38" s="248"/>
+      <c r="B38" s="249"/>
+      <c r="C38" s="249"/>
+      <c r="D38" s="249"/>
+      <c r="E38" s="250"/>
+    </row>
+    <row r="39" spans="1:5">
+      <c r="A39" s="248"/>
+      <c r="B39" s="249"/>
+      <c r="C39" s="249"/>
+      <c r="D39" s="249"/>
+      <c r="E39" s="250"/>
+    </row>
+    <row r="40" spans="1:5">
+      <c r="A40" s="248"/>
+      <c r="B40" s="249"/>
+      <c r="C40" s="249"/>
+      <c r="D40" s="249"/>
+      <c r="E40" s="250"/>
+    </row>
+    <row r="41" spans="1:5">
+      <c r="A41" s="248"/>
+      <c r="B41" s="249"/>
+      <c r="C41" s="249"/>
+      <c r="D41" s="249"/>
+      <c r="E41" s="250"/>
     </row>
     <row r="42" spans="1:5">
-      <c r="A42" s="244" t="s">
-[...5 lines deleted...]
-      <c r="E42" s="246"/>
+      <c r="A42" s="248"/>
+      <c r="B42" s="249"/>
+      <c r="C42" s="249"/>
+      <c r="D42" s="249"/>
+      <c r="E42" s="250"/>
     </row>
     <row r="43" spans="1:5">
-      <c r="A43" s="247"/>
-[...49 lines deleted...]
-      <c r="A55" s="236" t="s">
+      <c r="A43" s="248"/>
+      <c r="B43" s="249"/>
+      <c r="C43" s="249"/>
+      <c r="D43" s="249"/>
+      <c r="E43" s="250"/>
+    </row>
+    <row r="44" spans="1:5" ht="49.5" customHeight="1" thickBot="1">
+      <c r="A44" s="251"/>
+      <c r="B44" s="252"/>
+      <c r="C44" s="252"/>
+      <c r="D44" s="252"/>
+      <c r="E44" s="253"/>
+    </row>
+    <row r="49" spans="1:5" ht="27.75" customHeight="1"/>
+    <row r="50" spans="1:5" ht="33.75" customHeight="1">
+      <c r="A50" s="233" t="s">
         <v>494</v>
       </c>
-      <c r="B55" s="207"/>
-[...5 lines deleted...]
-      <c r="A56" s="70" t="s">
+      <c r="B50" s="204"/>
+      <c r="C50" s="204"/>
+      <c r="D50" s="204"/>
+      <c r="E50" s="204"/>
+    </row>
+    <row r="51" spans="1:5" ht="24" customHeight="1" thickBot="1">
+      <c r="A51" s="70" t="s">
         <v>493</v>
       </c>
-      <c r="B56" s="69"/>
-[...5 lines deleted...]
-      <c r="A57" s="261" t="s">
+      <c r="B51" s="69"/>
+      <c r="C51" s="69"/>
+      <c r="D51" s="69"/>
+      <c r="E51" s="2"/>
+    </row>
+    <row r="52" spans="1:5" ht="26.25" customHeight="1">
+      <c r="A52" s="262" t="s">
         <v>492</v>
       </c>
-      <c r="B57" s="261"/>
-[...5 lines deleted...]
-      <c r="A58" s="261" t="s">
+      <c r="B52" s="262"/>
+      <c r="C52" s="262"/>
+      <c r="D52" s="262"/>
+      <c r="E52" s="231"/>
+    </row>
+    <row r="53" spans="1:5" ht="24" customHeight="1" thickBot="1">
+      <c r="A53" s="262" t="s">
         <v>491</v>
       </c>
-      <c r="B58" s="261"/>
-[...5 lines deleted...]
-      <c r="A59" s="267" t="s">
+      <c r="B53" s="262"/>
+      <c r="C53" s="262"/>
+      <c r="D53" s="262"/>
+      <c r="E53" s="231"/>
+    </row>
+    <row r="54" spans="1:5" ht="18.75">
+      <c r="A54" s="263" t="s">
         <v>490</v>
       </c>
-      <c r="B59" s="272" t="s">
+      <c r="B54" s="237" t="s">
         <v>489</v>
       </c>
-      <c r="C59" s="259" t="s">
+      <c r="C54" s="236" t="s">
         <v>488</v>
       </c>
-      <c r="D59" s="271" t="s">
+      <c r="D54" s="235" t="s">
         <v>487</v>
       </c>
-      <c r="E59" s="259"/>
-[...5 lines deleted...]
-      <c r="D60" s="68" t="s">
+      <c r="E54" s="236"/>
+    </row>
+    <row r="55" spans="1:5" ht="19.5" thickBot="1">
+      <c r="A55" s="264"/>
+      <c r="B55" s="238"/>
+      <c r="C55" s="261"/>
+      <c r="D55" s="68" t="s">
         <v>486</v>
       </c>
-      <c r="E60" s="67" t="s">
+      <c r="E55" s="67" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="61" spans="1:5" ht="33.75" customHeight="1">
-      <c r="A61" s="66" t="s">
+    <row r="56" spans="1:5" ht="33.75" customHeight="1">
+      <c r="A56" s="66" t="s">
         <v>484</v>
       </c>
-      <c r="B61" s="65" t="s">
+      <c r="B56" s="65" t="s">
         <v>483</v>
       </c>
-      <c r="C61" s="238" t="s">
+      <c r="C56" s="255" t="s">
         <v>482</v>
       </c>
-      <c r="D61" s="241" t="s">
+      <c r="D56" s="258" t="s">
         <v>481</v>
       </c>
-      <c r="E61" s="238" t="s">
+      <c r="E56" s="255" t="s">
         <v>480</v>
       </c>
     </row>
-    <row r="62" spans="1:5" ht="33.75" customHeight="1">
-      <c r="A62" s="64" t="s">
+    <row r="57" spans="1:5" ht="33.75" customHeight="1">
+      <c r="A57" s="64" t="s">
         <v>479</v>
       </c>
-      <c r="B62" s="62" t="s">
+      <c r="B57" s="62" t="s">
         <v>473</v>
       </c>
-      <c r="C62" s="239"/>
-[...4 lines deleted...]
-      <c r="A63" s="64" t="s">
+      <c r="C57" s="256"/>
+      <c r="D57" s="259"/>
+      <c r="E57" s="256"/>
+    </row>
+    <row r="58" spans="1:5" ht="33.75" customHeight="1">
+      <c r="A58" s="64" t="s">
         <v>478</v>
       </c>
-      <c r="B63" s="62" t="s">
+      <c r="B58" s="62" t="s">
         <v>477</v>
       </c>
-      <c r="C63" s="239"/>
-[...4 lines deleted...]
-      <c r="A64" s="63" t="s">
+      <c r="C58" s="256"/>
+      <c r="D58" s="259"/>
+      <c r="E58" s="256"/>
+    </row>
+    <row r="59" spans="1:5" ht="33.75" customHeight="1">
+      <c r="A59" s="63" t="s">
         <v>476</v>
       </c>
-      <c r="B64" s="62" t="s">
+      <c r="B59" s="62" t="s">
         <v>475</v>
       </c>
-      <c r="C64" s="239"/>
-[...4 lines deleted...]
-      <c r="A65" s="61" t="s">
+      <c r="C59" s="256"/>
+      <c r="D59" s="259"/>
+      <c r="E59" s="256"/>
+    </row>
+    <row r="60" spans="1:5" ht="33.75" customHeight="1" thickBot="1">
+      <c r="A60" s="61" t="s">
         <v>474</v>
       </c>
-      <c r="B65" s="60" t="s">
+      <c r="B60" s="60" t="s">
         <v>473</v>
       </c>
-      <c r="C65" s="240"/>
-[...1 lines deleted...]
-      <c r="E65" s="240"/>
+      <c r="C60" s="257"/>
+      <c r="D60" s="260"/>
+      <c r="E60" s="257"/>
     </row>
   </sheetData>
-  <mergeCells count="32">
-[...1 lines deleted...]
-    <mergeCell ref="D59:E59"/>
+  <mergeCells count="26">
+    <mergeCell ref="C56:C60"/>
+    <mergeCell ref="D56:D60"/>
+    <mergeCell ref="E56:E60"/>
+    <mergeCell ref="A9:E16"/>
+    <mergeCell ref="A7:E7"/>
+    <mergeCell ref="C54:C55"/>
+    <mergeCell ref="A53:E53"/>
+    <mergeCell ref="A8:E8"/>
+    <mergeCell ref="A50:E50"/>
+    <mergeCell ref="A52:E52"/>
+    <mergeCell ref="A54:A55"/>
+    <mergeCell ref="D54:E54"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A4:E4"/>
-    <mergeCell ref="B59:B60"/>
-[...24 lines deleted...]
-    <mergeCell ref="A8:C8"/>
+    <mergeCell ref="B54:B55"/>
+    <mergeCell ref="A21:E21"/>
+    <mergeCell ref="A22:E22"/>
+    <mergeCell ref="A23:E30"/>
+    <mergeCell ref="A35:E35"/>
+    <mergeCell ref="A36:E36"/>
+    <mergeCell ref="A37:E44"/>
+    <mergeCell ref="A20:E20"/>
+    <mergeCell ref="A34:E34"/>
+    <mergeCell ref="A6:E6"/>
   </mergeCells>
-  <hyperlinks>
-[...2 lines deleted...]
-  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId3"/>
+  <pageSetup orientation="portrait" horizontalDpi="300" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;L&amp;1#&amp;"Calibri"&amp;10&amp;K000000Sensitivity: Internal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
-  <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" contentBits="2" removed="0"/>
+  <clbl:label id="{fc24caf1-31f7-40c1-bde0-ca915f0156e3}" enabled="1" method="Standard" siteId="{088e9b00-ffd0-458e-bfa1-acf4c596d3cb}" removed="0"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>2</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>18</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="18" baseType="lpstr">
       <vt:lpstr>收发通注意事项</vt:lpstr>
       <vt:lpstr>港口名称显示及注意事项</vt:lpstr>
       <vt:lpstr>货描</vt:lpstr>
       <vt:lpstr>转运注意事项</vt:lpstr>
       <vt:lpstr>特殊号码</vt:lpstr>