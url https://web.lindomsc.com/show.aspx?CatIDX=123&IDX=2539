--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,145 +1,125 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:dbsheet="http://web.wps.cn/et/2021/dbsheet">
   <fileVersion appName="xl" lastEdited="3" lowestEdited="5" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
-    <workbookView windowWidth="27945" windowHeight="13515"/>
+    <workbookView windowWidth="27945" windowHeight="12375"/>
   </bookViews>
   <sheets>
     <sheet name="sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="10" uniqueCount="10">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="15" uniqueCount="12">
   <si>
-    <r>
-[...25 lines deleted...]
-    </r>
+    <t>联东船代2026年元旦值班表</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>部门</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>值班地</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>址</t>
     </r>
   </si>
   <si>
-    <t>星期三</t>
+    <t>星期四</t>
+  </si>
+  <si>
+    <t>星期五</t>
+  </si>
+  <si>
+    <t>星期六</t>
   </si>
   <si>
     <t>业务部</t>
   </si>
   <si>
     <t>舱单</t>
   </si>
   <si>
-    <t>姜先生（61041084）</t>
+    <t>汪先生（61041056）</t>
   </si>
   <si>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>杨树浦路</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="Times New Roman"/>
         <charset val="134"/>
       </rPr>
       <t>248</t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
@@ -180,92 +160,98 @@
         <b/>
         <sz val="16"/>
         <rFont val="宋体"/>
         <charset val="134"/>
       </rPr>
       <t>楼</t>
     </r>
   </si>
   <si>
     <t>危险品</t>
   </si>
   <si>
     <t>张先生（61041063）</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr9="http://schemas.microsoft.com/office/spreadsheetml/2016/revision9" mc:Ignorable="xr9">
   <numFmts count="4">
     <numFmt numFmtId="41" formatCode="_ * #,##0_ ;_ * \-#,##0_ ;_ * &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="42" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="43" formatCode="_ * #,##0.00_ ;_ * \-#,##0.00_ ;_ * &quot;-&quot;??_ ;_ @_ "/>
     <numFmt numFmtId="44" formatCode="_ &quot;￥&quot;* #,##0.00_ ;_ &quot;￥&quot;* \-#,##0.00_ ;_ &quot;￥&quot;* &quot;-&quot;??_ ;_ @_ "/>
   </numFmts>
-  <fonts count="27">
+  <fonts count="29">
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="11"/>
       <name val="Times New Roman"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="18"/>
       <name val="宋体"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="Times New Roman"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <color rgb="FFFF0000"/>
       <name val="Times New Roman"/>
       <charset val="134"/>
     </font>
     <font>
       <b/>
       <sz val="16"/>
       <name val="宋体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="13"/>
       <name val="仿宋"/>
       <charset val="134"/>
     </font>
     <font>
+      <sz val="13"/>
+      <color indexed="8"/>
+      <name val="仿宋"/>
+      <charset val="134"/>
+    </font>
+    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="等线"/>
       <charset val="134"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF0000FF"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color rgb="FF800080"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FFFF0000"/>
@@ -371,50 +357,56 @@
       <color rgb="FF9C0006"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color rgb="FF9C6500"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="等线"/>
       <charset val="0"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="16"/>
+      <name val="宋体"/>
+      <charset val="134"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFFCC"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF2F2F2"/>
         <bgColor indexed="64"/>
@@ -715,242 +707,248 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="double">
         <color rgb="FFFF8001"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="49">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="43" fontId="7" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="43" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="44" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="9" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="41" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="42" fontId="8" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="2" borderId="4" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="0" fontId="8" fillId="2" borderId="4" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="13" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="15" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
-[...101 lines deleted...]
-    <xf numFmtId="0" fontId="25" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="5" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="17" fillId="3" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="4" borderId="8" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="4" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="5" borderId="9" applyNumberFormat="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="11" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="6" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="7" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="8" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="26" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="16">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="58" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
+    <xf numFmtId="58" fontId="3" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="58" fontId="6" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="49">
     <cellStyle name="常规" xfId="0" builtinId="0"/>
     <cellStyle name="千位分隔" xfId="1" builtinId="3"/>
     <cellStyle name="货币" xfId="2" builtinId="4"/>
     <cellStyle name="百分比" xfId="3" builtinId="5"/>
     <cellStyle name="千位分隔[0]" xfId="4" builtinId="6"/>
     <cellStyle name="货币[0]" xfId="5" builtinId="7"/>
     <cellStyle name="超链接" xfId="6" builtinId="8"/>
     <cellStyle name="已访问的超链接" xfId="7" builtinId="9"/>
     <cellStyle name="注释" xfId="8" builtinId="10"/>
     <cellStyle name="警告文本" xfId="9" builtinId="11"/>
     <cellStyle name="标题" xfId="10" builtinId="15"/>
     <cellStyle name="解释性文本" xfId="11" builtinId="53"/>
     <cellStyle name="标题 1" xfId="12" builtinId="16"/>
     <cellStyle name="标题 2" xfId="13" builtinId="17"/>
     <cellStyle name="标题 3" xfId="14" builtinId="18"/>
     <cellStyle name="标题 4" xfId="15" builtinId="19"/>
     <cellStyle name="输入" xfId="16" builtinId="20"/>
     <cellStyle name="输出" xfId="17" builtinId="21"/>
     <cellStyle name="计算" xfId="18" builtinId="22"/>
     <cellStyle name="检查单元格" xfId="19" builtinId="23"/>
     <cellStyle name="链接单元格" xfId="20" builtinId="24"/>
@@ -1234,177 +1232,210 @@
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:etc="http://www.wps.cn/officeDocument/2017/etCustomData">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I5"/>
+  <dimension ref="A1:K6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="E10" sqref="E10"/>
+      <selection activeCell="F5" sqref="F5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" outlineLevelRow="4"/>
+  <sheetFormatPr defaultColWidth="8.875" defaultRowHeight="15" outlineLevelRow="5"/>
   <cols>
     <col min="1" max="1" width="4.25" style="3" customWidth="1"/>
     <col min="2" max="2" width="9.125" style="3" customWidth="1"/>
     <col min="3" max="3" width="9.5" style="3" customWidth="1"/>
-    <col min="4" max="4" width="15.25" style="3" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="12" max="16384" width="8.875" style="3"/>
+    <col min="4" max="6" width="15.25" style="3" customWidth="1"/>
+    <col min="7" max="7" width="34.375" style="3" customWidth="1"/>
+    <col min="8" max="8" width="12.5" style="3" customWidth="1"/>
+    <col min="9" max="9" width="9.375" style="3" customWidth="1"/>
+    <col min="10" max="10" width="8.75" style="3" customWidth="1"/>
+    <col min="11" max="11" width="19.25" style="3" customWidth="1"/>
+    <col min="12" max="12" width="11" style="3" customWidth="1"/>
+    <col min="13" max="13" width="19" style="3" customWidth="1"/>
+    <col min="14" max="16384" width="8.875" style="3"/>
   </cols>
   <sheetData>
-    <row r="1" ht="41.25" customHeight="1" spans="2:9">
+    <row r="1" ht="41.25" customHeight="1" spans="1:11">
       <c r="B1" s="4" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
-      <c r="F1" s="5"/>
-      <c r="G1" s="5"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
       <c r="H1" s="5"/>
       <c r="I1" s="5"/>
+      <c r="J1" s="5"/>
+      <c r="K1" s="5"/>
     </row>
-    <row r="2" s="1" customFormat="1" ht="29.25" customHeight="1" spans="2:9">
+    <row r="2" s="1" customFormat="1" ht="29.25" customHeight="1" spans="1:11">
       <c r="B2" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="7">
-        <v>45658</v>
-[...1 lines deleted...]
-      <c r="E2" s="8" t="s">
+        <v>46023</v>
+      </c>
+      <c r="E2" s="8">
+        <v>46024</v>
+      </c>
+      <c r="F2" s="8">
+        <v>46025</v>
+      </c>
+      <c r="G2" s="9" t="s">
         <v>2</v>
       </c>
-      <c r="F2" s="9"/>
-[...2 lines deleted...]
-      <c r="I2" s="9"/>
+      <c r="H2" s="10"/>
+      <c r="I2" s="10"/>
+      <c r="J2" s="10"/>
+      <c r="K2" s="10"/>
     </row>
-    <row r="3" s="2" customFormat="1" ht="22.5" customHeight="1" spans="2:9">
+    <row r="3" s="2" customFormat="1" ht="22.5" customHeight="1" spans="1:11">
       <c r="B3" s="6"/>
       <c r="C3" s="6"/>
-      <c r="D3" s="10" t="s">
+      <c r="D3" s="11" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="11"/>
-      <c r="F3" s="12"/>
+      <c r="E3" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="F3" s="11" t="s">
+        <v>5</v>
+      </c>
       <c r="G3" s="12"/>
-      <c r="H3" s="12"/>
-      <c r="I3" s="12"/>
+      <c r="H3" s="13"/>
+      <c r="I3" s="13"/>
+      <c r="J3" s="13"/>
+      <c r="K3" s="13"/>
     </row>
-    <row r="4" ht="37" customHeight="1" spans="1:9">
-[...7 lines deleted...]
-      <c r="D4" s="14" t="s">
+    <row r="4" ht="50.25" customHeight="1" spans="1:11">
+      <c r="A4" s="14"/>
+      <c r="B4" s="15" t="s">
         <v>6</v>
       </c>
-      <c r="E4" s="6" t="s">
+      <c r="C4" s="15" t="s">
         <v>7</v>
       </c>
-      <c r="F4" s="15"/>
-[...2 lines deleted...]
-      <c r="I4" s="15"/>
+      <c r="D4" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="E4" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="F4" s="15" t="s">
+        <v>8</v>
+      </c>
+      <c r="G4" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="H4" s="16"/>
+      <c r="I4" s="16"/>
+      <c r="J4" s="16"/>
+      <c r="K4" s="16"/>
     </row>
-    <row r="5" ht="35" customHeight="1" spans="1:9">
-[...12 lines deleted...]
-      <c r="I5" s="15"/>
+    <row r="5" ht="51" customHeight="1" spans="1:11">
+      <c r="A5" s="14"/>
+      <c r="B5" s="15"/>
+      <c r="C5" s="15" t="s">
+        <v>10</v>
+      </c>
+      <c r="D5" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" s="15"/>
+      <c r="F5" s="15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" s="6"/>
+      <c r="H5" s="16"/>
+      <c r="I5" s="16"/>
+      <c r="J5" s="16"/>
+      <c r="K5" s="16"/>
+    </row>
+    <row r="6" spans="1:11">
+      <c r="C6" s="17"/>
+      <c r="D6" s="17"/>
+      <c r="E6" s="17"/>
+      <c r="F6" s="17"/>
+      <c r="G6" s="17"/>
+      <c r="H6" s="17"/>
+      <c r="I6" s="17"/>
     </row>
   </sheetData>
   <mergeCells count="5">
-    <mergeCell ref="B1:E1"/>
+    <mergeCell ref="B1:G1"/>
     <mergeCell ref="B4:B5"/>
-    <mergeCell ref="E2:E3"/>
-    <mergeCell ref="E4:E5"/>
+    <mergeCell ref="G2:G3"/>
+    <mergeCell ref="G4:G5"/>
     <mergeCell ref="B2:C3"/>
   </mergeCells>
   <pageMargins left="0.748031496062992" right="0.748031496062992" top="0.984251968503937" bottom="0.984251968503937" header="0.511811023622047" footer="0.511811023622047"/>
   <pageSetup paperSize="9" orientation="landscape"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Company>unisco</Company>
   <Application>Microsoft Excel</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>H.K</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="KSOProductBuildVer">
-    <vt:lpwstr>2052-12.1.0.18276</vt:lpwstr>
+    <vt:lpwstr>2052-12.1.0.23542</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="ICV">
-    <vt:lpwstr>2DB1CF51C3294D4C8E1563018B609B21_12</vt:lpwstr>
+    <vt:lpwstr>19480767BD644D408A08FBC15FF9C3CA_12</vt:lpwstr>
   </property>
 </Properties>
 </file>